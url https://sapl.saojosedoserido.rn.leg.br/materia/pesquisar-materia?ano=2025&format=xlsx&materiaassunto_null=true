--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2200" uniqueCount="884">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2800" uniqueCount="1089">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -405,50 +405,128 @@
   <si>
     <t>823</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/823/027_-_plo_-_denomina_praca_na_treze_de_maio.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n.º 391 de 8 de novembro de 2016, e denomina a praça localizada na Rua 13 de Maio como Praça da Liberdade – Francisco Gonçalves de Souza Filho, no município de São José do Seridó, e dá outras providências.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/827/028_-_plo_-_projeto_de_lei_-_eficiencia_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º da Lei Municipal nº 539, de 18 de junho de 2024, e dá outras providências.</t>
   </si>
   <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/868/029_-_plo_-_incentivo.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta, no âmbito do Município de São José do Seridó, o pagamento do incentivo financeiro do componente de qualidade para as eSF, eAP, eSB e eMulti, instituído pela Portaria GM/MS nº 3.493, de 10 de abril de 2024, do Ministério da Saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Joan Siderley Bernardino</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/896/030_-_plo_-_bicicross.pdf</t>
+  </si>
+  <si>
+    <t>Denomina o evento do Bicicross do Município de São José do Seridó/RN em homenagem a Francisco de Assis Mindé, conhecido como “Titico Mindé”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/897/031_-_plo_-_fibromialgia.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Proteção dos Direitos da Pessoa com Fibromialgia no âmbito do Município de São José do Seridó, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/902/pdf24_merged_8.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste do valor do auxílio-alimentação dos Vereadores da Câmara Municipal de São José do Seridó/RN e dá outras providências.</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Jussiêne Dantas Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/904/033_-_plo_-_areninha_nomeia.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de "Areninha Esportiva Nayron Felipe Medeiros de Araújo" o equipamento público esportivo localizado ao lado do CEMEI, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/905/034_-_plo_-_cmdca.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Reformulação da Política da Promoção e dos Direitos da Criança e do Adolescente, do Gerenciamento e Atribuições do Conselho Municipal dos Direitos da Criança e do Adolescente e do Conselho Tutelar.</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário-mínimo a vigorar a partir de 1º de janeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a definição dos valores de vencimentos de cargos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuições previdenciárias devidas pelo Município ao Regime Próprio de Previdência Social – RPPS e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
@@ -496,73 +574,79 @@
     <t>690</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_complementar_-_modifica_cargas_horarias_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de cargas horárias dos cargos de Agente Administrativo, Analista de Controle Interno, Fiscal de Tributos e Fonoaudiólogo, criados pela Lei Complementar nº 119, de 15 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/792/plc_010.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de condições para ingresso no cargo de Psicopedagogo, criado pela Lei Complementar n.º 119, de 15 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/794/plc_011.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria Municipal de São José do Seridó, cria o cargo de Ouvidor Municipal, estabelece sua estrutura e funcionamento, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/906/plc_012.2025_-_gapre.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 03, de 30 de setembro de 2009, para dispor sobre o desmembramento da Secretaria Municipal de Planejamento, Fazenda e Tributação, criando a Secretaria Municipal de Planejamento e Transparência e a Secretaria Municipal de Finanças e Tributação, e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto legislativo</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/6/001_-_pdl_-_concede_afastamento_ao_prefeito.pdf</t>
   </si>
   <si>
     <t>Concede licença ao Prefeito Municipal de São _x000D_
 José do Seridó/RN, para se ausentar do _x000D_
 Município, por período superior a 15 dias, nos _x000D_
 termos do art. 67 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>Joan Siderley Bernardino</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/107/002_-_pdl_-_cencede_titulo_-_isaac_silvio_araujo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Sr. Isaac Silvio Araújo.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/192/003_-_pdl_-_cencede_titulo_-_marcio_luiz_da_silva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Sr. Márcio Luiz da Silva.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Maria Isabel Dantas de Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/193/004_-_pdl_-_cencede_titulo_-_jose_ilton_dos_santos.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Sr. José Ilton dos Santos</t>
@@ -660,53 +744,50 @@
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Erinalva Pereira de Araújo.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/734/015_-_pdl_-_concede_titulo_-_manayra_monteiro_alves_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Manayra Monteiro Alves do Nascimento.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/735/016_-_pdl_-_concede_titulo_-_maria_eduarda.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Maria Eduarda Soares de Azevedo.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>Jussiêne Dantas Pereira</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/748/017_-_pdl_-_concede_titulo_-_maria_sueli_de_araujo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Maria Sueli de Araújo.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/749/018_-_pdl_-_concede_titulo_-_moaci_bezerra_de_araujo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Moaci Bezerra de Araújo.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/750/019_-_pdl_-_concede_titulo_-_rafael_victor.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Rafael Victor Targino de Araújo.</t>
   </si>
   <si>
     <t>751</t>
@@ -757,99 +838,318 @@
     <t>796</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/796/025_-_pdl_-_concede_titulo_-_augusto_de_franca_maia.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Augusto de França Maia.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/797/026_-_pdl_-_concede_titulo_-_maria_aparecida_da_silva_santos.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Maria Aparecida da Silva Santos.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/816/027_-_pdl_-_concede_titulo_-_joao_batista_de_souza.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor João Batista de Souza.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/837/028_-_pdl_-_concede_titulo_-_ana_lucia.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Ana Lúcia de Araújo.</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/838/029_-_pdl_-_concede_titulo_-_general_girao.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Eliéser Girão Monteiro Filho.</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/846/030_-_pdl_-_concede_titulo_-_maria_jose_de_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Maria José de Araújo.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/847/031_-_pdl_-_concede_titulo_-_jose_kledson.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor José Kledson Fernandes do Nascimento Barbosa.</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/848/032_-_pdl_-_concede_titulo_-_anna_alice.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Anna Alice Tilde Araújo de Medeiros.</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/849/033_-_pdl_-_concede_titulo_-_ubaldo.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Ubaldo Fernandes da Silva.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/850/034_-_pdl_-_concede_titulo_-_alcineide.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Alcineide Araújo da Silva Costa.</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/851/035_-_pdl_-_concede_titulo_-_willgney.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Willgney Crisley da Silva Araújo.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/852/036_-_pdl_-_concede_titulo_-_thallyson.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Thallyson Augusto Medeiros Rocha.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/853/037_-_pdl_-_concede_titulo_-_natalia_bonavides.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Natália Bastos Bonavides.</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/854/038_-_pdl_-_concede_titulo_-_ana_santana.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Ana Santana dos Santos.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/855/039_-_pdl_-_concede_titulo_-_cynthia.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Cynthia Santos Carlos Belarmino.</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/856/040_-_pdl_-_concede_titulo_-_salma.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Salma Bulhões e Silva.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/857/041_-_pdl_-_concede_titulo_-_marcelo_smith.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Marcelo Smith de Oliveira Dantas.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Clayton Mariano de Sá, Jussiêne Dantas Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/858/042_-_pdl_-_concede_titulo_-_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Carlos Eduardo Xavier.</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/859/043_-_pdl_-_concede_titulo_-_francisco_de_sales_de_medeiros.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Francisco de Sales de Medeiros.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/860/044_-_pdl_-_concede_titulo_-_kaliane.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã São-José-Seridoense à Senhora Kaliane Rodrigues Dantas.</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/861/045_-_pdl_-_concede_titulo_-_francinaldo.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Francinaldo Medeiros dos Santos.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/894/046_-_pdl_-_concede_titulo_-_welligton.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Wellington Nóbrega da Silva.</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/3/001_-_pres_-_altera_o_recesso_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 104 do Regimento _x000D_
 Interno da Câmara Municipal de São José do Seridó-RN _x000D_
 (Resolução nº 05/1990).</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/77/002_-_pres_-_altera_dia_das_sessoes_legislativas_-_carimbado.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1º, inserido, por meio da Resolução n.º 002/2011, no art. 119 do Regimento Interno da Câmara Municipal de São José do Seridó-RN (Resolução nº 05/1990).</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/89/003_-_pres_-_suprimento_de_fundos_-_assinado.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a aplicação do suprimento de fundos na Câmara Municipal de São José do Seridó/RN e dá outras providências.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/732/004_-_pres_-_altera_dia_das_sessoes_legislativas.pdf</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/763/005_-_pres_-_regimento_interno_camara_mirim.pdf</t>
   </si>
   <si>
     <t>Institui o Regimento Interno da Câmara Mirim do Município de São José do Seridó.</t>
   </si>
   <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/892/006_-_pres_-_altera_o_qdd.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Quadro de Detalhamento de Despesa (QDD) da Câmara Municipal de São josé do Seridó para o exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
     <t>807</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/807/vet_001.2025.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária nº 021, de 08 de setembro de 2025, que “Dispõe sobre a concessão de gratuidade de acesso a estabelecimentos e eventos de lazer, cultura, esporte e entretenimento para Pessoas com Transtorno do Espectro Autista (TEA) e Pessoas com Deficiência (PcDs), no âmbito do Município de São José do Seridó, e dá outras providências”.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>PCLJR</t>
   </si>
   <si>
     <t>Parecer da CLJRF</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/102/parecer_01_ljrf_-_plc_05.2025_-_venc._ass_e_eng.pdf</t>
@@ -1034,224 +1334,383 @@
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_25_ljrf_-_decreto_015.2025.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/745/parecer_26_ljrf_-_decreto_016.2025.pdf</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/755/parecer_27_ljrf_-_projeto_lo_016.2025_-_taxa_de_residuos.pdf</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/756/parecer_28_ljrf_-_projeto_lo_017.2025_-_semana_azul.pdf</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/757/parecer_29_ljrf_-_decreto_017.2025.pdf</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/758/parecer_30_ljrf_-_decreto_018.2025.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/759/parecer_31_ljrf_-_decreto_019.2025.pdf</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/760/parecer_32_ljrf_-_decreto_020.2025.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_33_ljrf_-_projeto_lo_018.2025_-_nomeia_cavalgada.pdf</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_34_ljrf_-_projeto_lo_019.2025_-_torna_cavalgada_patrimonio_cultural.pdf</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_35_ljrf_-_projeto_res_005.2025_-_ri_camara_mirim.pdf</t>
   </si>
   <si>
     <t>Institui o Regimento Interno da Câmara Mirim do Município de São José do Seridó integrante e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/779/parecer_36_ljrf_-_projeto_lo_020.2025_-_nomeia_alameda_da_saudade.pdf</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_37_ljrf_-_decreto_021.2025.pdf</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/799/parecer_38_ljrf_-_decreto_022.2025.pdf</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/800/parecer_39_ljrf_-_decreto_023.2025.pdf</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/809/parecer_40_ljrf_-_projeto_lc_011.2025_-_ouvidoria_municipal.pdf</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/810/parecer_41_ljrf_-_decreto_024.2025.pdf</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/811/parecer_42_ljrf_-_decreto_025.2025.pdf</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/812/parecer_43_ljrf_-_decreto_026.2025.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/819/parecer_44_ljrf_-_decreto_027.2025.pdf</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/824/parecer_45_ljrf_-_projeto_lo_023.2025_-_loa.pdf</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/825/parecer_46_ljrf_-_projeto_lo_024.2025_-_ppa.pdf</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/826/parecer_47_ljrf_-_projeto_lo_026.2025_-_semana_da_cultura_evangelica.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal da Cultura Evangélica” no âmbito do Município de São José do Seridó/RN, e dá outras providências.</t>
   </si>
   <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_48_ljrf_-_projeto_lo_025.2025_-_gratuidade_tea.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a promoção da inclusão social e acessibilidade de Pessoas com Transtorno do Espectro Autista (TEA) e Pessoas com Deficiência (PcDs) no Município de São José do Seridó, por meio da garantia de gratuidade em espaços e eventos públicos Municipais e da instituição de programa de incentivo à participação da iniciativa privada, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/835/parecer_49_ljrf_-_projeto_lo_027.2025_-_renomeia_praca.pdf</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/862/parecer_50_ljrf_-_decreto_028.2025.pdf</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/864/parecer_51_ljrf_-_decreto_029.2025.pdf</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/872/parecer_52_ljrf_-_decreto_030.2025.pdf</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_53_ljrf_-_decreto_031.2025.pdf</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_54_ljrf_-_decreto_032.2025.pdf</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_55_ljrf_-_decreto_033.2025.pdf</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_56_ljrf_-_decreto_034.2025.pdf</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_57_ljrf_-_decreto_035.2025.pdf</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_58_ljrf_-_decreto_036.2025.pdf</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_59_ljrf_-_decreto_037.2025.pdf</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_60_ljrf_-_decreto_038.2025.pdf</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_61_ljrf_-_decreto_039.2025.pdf</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_62_ljrf_-_decreto_040.2025.pdf</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_63_ljrf_-_decreto_041.2025.pdf</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_64_ljrf_-_decreto_042.2025.pdf</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_65_ljrf_-_decreto_043.2025.pdf</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_66_ljrf_-_decreto_044.2025.pdf</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_67_ljrf_-_decreto_045.2025.pdf</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/898/parecer_68_ljrf_-_projeto_lo_030.2025.pdf</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/899/parecer_69_ljrf_-_projeto_lo_031.2025.pdf</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_70_ljrf_-_projeto_lo_033.2025.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de “Areninha Esportiva Nayron Felipe Medeiros de Araújo” o equipamento público esportivo localizado ao lado do CEMEI, e dá outras providências.</t>
+  </si>
+  <si>
     <t>108</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer da CFO</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/108/parecer_01_fo_-_projeto_lc_05.2025.pdf</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/109/parecer_02_fo_-_projeto_l0_04.2025.pdf</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/110/parecer_03_fo_-_projeto_lo_05.2025.pdf</t>
   </si>
   <si>
     <t>111</t>
@@ -1715,317 +2174,248 @@
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a substituição dos tambores de lixo danificados no município.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/384/046_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja declarada situação de calamidade pública no município de São José do Seridó em decorrência da seca.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/407/047_-_jussiene.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja feita a revitalização da galeria de drenagem que perpassa a RN 288, na interseção com a Rua Cícero Dantas.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/408/048_-_daniel.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a recuperação das estradas vicinais do município e realização do serviço de roço às margens das vias.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/409/049_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a realização de manutenção da passagem do Alto dos Criadores (depois do açude) na divisa com o Sítio Anins.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/681/050_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o aluguel temporário de um ônibus escolar para suprir a demanda enquanto a frota oficial passa por manutenção.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/682/051_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a contratação de inspetor escolar para a Escola Municipal Raul de Medeiros Dantas.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/683/052_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a pintura de faixa de pedestres em frente ao depósito de Mazinho.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/684/053_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Secretário Municipal de Esportes a inclusão de equipes do comércio local no Campeonato das Fábricas.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/685/054_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a abertura da Rua João Nóbrega de Azevedo até a pista.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/686/055_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de câmeras de monitoramento em todas as unidades de ensino do município, tanto na zona rural quanto urbana.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/692/056_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instituição de piso salarial para os Conselheiros Tutelares do Município no exercício 2025.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/702/057_-_jose_carlos.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a criação de um Parque de Exposição para a realização de feiras de negócios na área onde seria construído o campo de futebol, nas proximidades da propriedade de Aurino.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/703/058_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de aquecedor na piscina de fisioterapia do município.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/704/059_-_clayton.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a manutenção dos ares-condicionados, dos computadores e a renovação dos brinquedos didáticos da Biblioteca Indústria do Conhecimento Simão José de Medeiros.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/705/060_-_daniel.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que a festa social do Torneio Leiteiro seja realizada na Praça de Eventos Edilza Dias.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/707/061_-_francisco_sales.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a ativação do poço localizado nas proximidades do hospital, visando o abastecimento do Hospital e da Escola Municipal Raul de Medeiros Dantas.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/708/062_-_clayton_-_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a criação de um grupo de apoio a pessoas com diagnóstico de câncer no âmbito do município.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/709/063_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a criação de projeto de lei que identifique e nomeie todas as avenidas da comunidade Badaruco com nomes de antigos moradores.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/710/064_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a construção de uma fossa comunitária para atender as residências do bairro do Açude.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/711/065_-_daniel.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a transformação do canteiro localizado no cruzamento das ruas João Raimundo Pereira, José Cirne e Gregório Medeiros em uma praça de exercícios e parque infantil.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/712/066_-_francisco_sales.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a elaboração de projeto arquitetônico e de engenharia para construção de uma praça de convivência no Conjunto Modesto Medeiros.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>67</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/716/067_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a substituição das lâmpadas da quadra da Escola Municipal Raul de Medeiros Dantas por luminárias LED.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>68</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/717/068_-_jussiene.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a locação de máquina escavadeira hidráulica (PC) para abertura de cacimbas em comunidades rurais do município.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>69</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/718/069_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o restabelecimento do atendimento do Programa Saúde da Família (PSF) nas comunidades rurais.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>70</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/719/070_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja revista a distribuição dos recursos oriundos do programa Previne Brasil e promovida reunião técnica com a equipe de saúde para adequações.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/720/071_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a viabilidade da contratação de profissional Fonoaudiólogo para atender à rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/725/072_-_joan.pdf</t>
@@ -2255,80 +2645,227 @@
   <si>
     <t>815</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/815/096_-_francisco_sales.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a pavimentação ou cimentação da área ao redor do Posto de Saúde da comunidade Caatinga Grande, a fim de viabilizar a realização das ações do Outubro Rosa e Novembro Azul.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/820/097_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a revitalização da área do setor de Fisioterapia do Município de São José do Seridó.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/821/098_-_andre.pdf</t>
   </si>
   <si>
-    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a disponibilização de atendimento pediátrico no Município</t>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a disponibilização de atendimento pediátrico no Município.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/831/099_-_joan.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de travas nos reservatórios de lixo instalados nas vias públicas do município, especialmente os localizados próximos a postes ou plantas, a fim de evitar que sejam derrubados por animais ou pessoas.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/832/100_-_joseni.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Secretário Municipal de Esportes a reestruturação dos mini campos mirins nos bairros do Município de São José do Seridó.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/833/101_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a disponibilização de atendimento geriátrico no Município.</t>
   </si>
   <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/840/102_-_jussiene.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a substituição dos bancos de concreto da Praça da Liberdade.</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/841/103_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que sejam recolhidas as chaves dos pontos do Mercado Público que se encontram inativados ou sem uso.</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/842/104_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de atendimento pediátrico no Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/843/105_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de placas de identificação nas estradas vicinais, indicando a direção das comunidades e sítios do Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/844/106_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implementação de um espaço sensorial recreativo em praça pública destinado a crianças autistas.</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/845/107_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a análise da viabilidade da continuidade do calçamento no traçado original da obra de urbanização da Vila do Açude.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/865/108_-_andre.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o início da reforma do prédio da antiga creche, onde deverá funcionar a extensão da Escola Municipal Raul de Medeiros Dantas.</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/866/109_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a construção e instalação de uma imagem do Padroeiro São José, a ser implantada nas proximidades do Alto da Faixa, como forma de valorização cultural e incentivo ao turismo no município.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/867/110_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a desapropriação, ou permuta conforme previsão legal, da área de terreno localizada na Vila do Açude que impede a continuidade do calçamento até o destino final da obra, garantindo que sejam observadas todas as normas legais aplicáveis e assegurado que não haja ônus indevido ao particular.</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/870/111_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de placas de “Proibido Estacionar” em frente às rampas de acessibilidade localizadas em comércios e prédios públicos do município.</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/888/112_-_jussiene.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a nomeação da Areninha Esportiva localizada ao lado do CEMEI com o nome de Nayron Felipe de Araújo.</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/889/113_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de tachões (“tartarugas” de sinalização viária) na passarela da RN-288 que atravessa o município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/890/114_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a doação de terreno destinado a construção da sede própria da Associação Cultural de Capoeira Filhos de Jó, entidade declarada de utilidade pública pela Lei Municipal nº 383, de 05 de julho de 2016.</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/900/115_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de bancos na Praça de Eventos Edilza Dias.</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/901/116_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que autorize os permissionários instalados em prédios públicos municipais a realizarem, por conta própria, as reformas e melhorias necessárias nos espaços que utilizam.</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/910/117_-_andre.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a reforma e pintura da Escola Municipal Raul de Medeiros Dantas.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 001/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 002/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Decreto Legislativo n.º 001/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf</t>
@@ -2357,53 +2894,50 @@
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/74/008_-_req_-_solicita_urgencia_na_aprovacao_do_plo_003_-_carimbado.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 003/2025.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/76/009_-_req_-_solicita_urgencia_na_aprovacao_do_plc_004_-_carimbado.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 004/2025.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/78/010_-_req_-_solicita_urgencia_na_aprovacao_do_pres_002_-_carimbado.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Resolução n.º 002/2025.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/95/011_-_req_-_solicita_urgencia_na_aprovacao_de_plo_006.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 006/2025.</t>
   </si>
   <si>
-    <t>116</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/116/012_-_req_-_solicita_urgencia_na_aprovacao_de_plc_006.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 006/2025.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/181/013_-_req_-_solicita_urgencia_na_aprovacao_de_plo_007.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 007/2025.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/482/014_-_req_-_solicita_urgencia_na_aprovacao_de_plc_007.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 007/2025.</t>
   </si>
   <si>
     <t>689</t>
@@ -2513,50 +3047,113 @@
   <si>
     <t>Solicita informações detalhadas e documentação complementar referente a uma série de empenhos e pagamentos realizados pela Prefeitura Municipal de São José do Seridó/RN à empresa TRANS TOUR EIRELI ME.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>Maria Isabel Dantas de Medeiros, Joseni Santos de Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/818/027_-_req_-_requerimento_maquinas_manutencao.pdf</t>
   </si>
   <si>
     <t>Requer informações TÉCNICAS, ADMINISTRATIVAS, FISCAL E CONTÁBEIS acerca de TODA A FROTA MUNICIPAL, incluindo veículos, máquinas, equipamentos e implementos utilizados por todas as secretarias municipio.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/830/028_-_req_-_solicita_urgencia_na_aprovacao_de_plo_028.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 028/2025.</t>
   </si>
   <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/869/029_-_req_-_solicita_urgencia_na_aprovacao_de_plo_029.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 029/2025.</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/893/030_-_req_-_solicita_urgencia_na_aprovacao_de_pres_006.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Resolução n.º 006/2025.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/895/031_-_req_-_solicita_urgencia_na_aprovacao_de_pdl_046.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Decreto Legislativo n.º 046/2025.</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/903/032_-_req_-_solicita_urgencia_na_aprovacao_de_plo_032.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 032/2025.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/908/033_-_req_-_solicita_urgencia_na_aprovacao_de_plo_034.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 034/2025.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/909/034_-_req_-_solicita_urgencia_na_aprovacao_de_plc_012.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 012/2025.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/911/035_-_req_-_iluminacao_publica.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Administração Municipal informações mensais acerca dos valores arrecadados com a Contribuição para Custeio do Serviço de Iluminação Pública, repassados pela empresa responsável pela administração do consórcio, bem como a prestação de contas da aplicação desses recursos.</t>
+  </si>
+  <si>
     <t>207</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf</t>
   </si>
   <si>
     <t>Manifesta pesar pelo falecimento da Senhora Edite Araújo (Dona Edite), ocorrido no dia 08 de abril do corrente ano.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à organização da festa de Nossa Senhora de Fátima, na comunidade Badaruco, e ao pároco Pe. Joaquim, pelo êxito e relevância do evento religioso.</t>
   </si>
   <si>
     <t>715</t>
@@ -2607,50 +3204,68 @@
     <t>802</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/802/008_-_joan_siderley_-_festa_do_padroeiro.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à organização da tradicional Festa do Padroeiro São José, em reconhecimento ao êxito e à relevância do evento religioso e sociocultural para o Município de São José do Seridó.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/803/009_-_joseni_santos_de_medeiros_-_aposentaria_de_dede_de_bado.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos e reconhecimento ao senhor José Medeiros Sobrinho, conhecido carinhosamente como Dedé de Badô, por ocasião de sua aposentadoria e pelos relevantes serviços prestados ao Município de São José do Seridó à frente do Museu Municipal Tropeiros do Seridó (MUMUTROPS).</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à organização do Bicicross da Bonita, tradicional evento esportivo e cultural realizado anualmente no Dia das Crianças.</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/836/011_-_joan_siderley_-_orquestra.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos à Orquestra Seridoense Potiguar, em reconhecimento à sua relevante contribuição cultural, social e educacional ao Município de São José do Seridó e à região do Seridó.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/891/012_-_joseni_santos_de_medeiros_-_mestre_jo.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos e reconhecimento ao senhor Josivan Alves Feitosa – Mestre Jó, pelos relevantes serviços prestados à cultura, à educação e ao desenvolvimento social através da Capoeira no município de São José do Seridó e em todo o Seridó Potiguar.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>VTPSR</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf</t>
   </si>
   <si>
     <t>Manifesta pesar pelo falecimento da Senhora_x000D_
 Edite Araújo (Dona Edite), ocorrido no dia 08 de_x000D_
 abril do corrente ano.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf</t>
   </si>
   <si>
@@ -3016,56 +3631,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/1/001_-_plo_-_reajuste_de_salario_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/2/002_-_plo_-_reajuste_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/73/003_-_plo_-__institui_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/79/004_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/80/005_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/94/006_-_plo_-_semana_da_valorizacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/179/007_-_plo_-_institui_o_torneio_leiteiro_no_municipio_de_sao_jose_do_serido.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/476/008_-_plo_-_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/477/009_-_plo_-_prioridade_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_plo_-_renomeia_a_sede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/480/011_-_plo_-_saude_mental_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/688/012_-_plo_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_ordinaria_-_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/693/014_-_plo_-_autoriza_concurso_rev.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/713/015_-_plo_-_patrimonio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/746/016_-_plo_-_residuos_solidos_-_carimbado_-_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/747/017_-_plo_-_semana_de_concientizacao_autismo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/764/018_-_plo_-_nomeia_cavalgada_ernesto_macedo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/765/019_-_plo_-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/774/020_-_plo_-_denomina_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/775/021_-_plo_-__gratuidade_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/788/022_-_plo_-_minha_casa_minha_vida_sapl.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/790/023_-_plo_-_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/791/024_-_plo_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/808/025_-_plo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/822/026-_plo_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/823/027_-_plo_-_denomina_praca_na_treze_de_maio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/827/028_-_plo_-_projeto_de_lei_-_eficiencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/75/plc_004.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/81/plc_005.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/115/plc_006.2025_-_gapre_-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/478/plc_007.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/687/plc_008.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_complementar_-_modifica_cargas_horarias_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/792/plc_010.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/794/plc_011.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/6/001_-_pdl_-_concede_afastamento_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/107/002_-_pdl_-_cencede_titulo_-_isaac_silvio_araujo..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/192/003_-_pdl_-_cencede_titulo_-_marcio_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/193/004_-_pdl_-_cencede_titulo_-_jose_ilton_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/201/005_-_pdl_-_cencede_titulo_-_antonio_de_medeiros_pereira_filho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/202/006_-_pdl_-_cencede_titulo_-_wagner_felipe_leao_azevedo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/203/007_-_pdl_-_cencede_titulo_-_janefran.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/381/008_-_pdl_-_cencede_titulo_-_adriana_araujo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/382/009_-_pdl_-_cencede_titulo_-_josivan_de_oliveira_lopes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/481/010_-_pdl_-_cencede_titulo_-_francisco_mauricio_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/483/011_-_pdl_-_cencede_titulo_-_geraldo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/484/012_-_pdl_-_cencede_titulo_-_willian.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/714/013_-_pdl_-_concede_titulo_-_geovana_lucena.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/733/014_-_pdl_-_concede_titulo_-_erinalva.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/734/015_-_pdl_-_concede_titulo_-_manayra_monteiro_alves_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/735/016_-_pdl_-_concede_titulo_-_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/748/017_-_pdl_-_concede_titulo_-_maria_sueli_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/749/018_-_pdl_-_concede_titulo_-_moaci_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/750/019_-_pdl_-_concede_titulo_-_rafael_victor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/751/020_-_pdl_-_concede_titulo_-_wellington.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/778/021_-_pdl_-_concede_titulo_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/784/022_-_pdl_-_concede_titulo_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/785/023_-_pdl_-_concede_titulo_-_alex_zanata.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/795/024_-_pdl_-_concede_titulo_-_leonardo_germano.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/796/025_-_pdl_-_concede_titulo_-_augusto_de_franca_maia.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/797/026_-_pdl_-_concede_titulo_-_maria_aparecida_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/816/027_-_pdl_-_concede_titulo_-_joao_batista_de_souza.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/3/001_-_pres_-_altera_o_recesso_legislativo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/77/002_-_pres_-_altera_dia_das_sessoes_legislativas_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/89/003_-_pres_-_suprimento_de_fundos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/732/004_-_pres_-_altera_dia_das_sessoes_legislativas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/763/005_-_pres_-_regimento_interno_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/807/vet_001.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/102/parecer_01_ljrf_-_plc_05.2025_-_venc._ass_e_eng.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/103/parecer_02_ljrf_-_pl0_04.2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/104/parecer_03_ljrf_-_pl0_05.2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/105/parecer_04_ljrf_-_pres_003.2025_-_suprimento_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/187/parecer_05_ljrf_-_decreto_002.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/351/parecer_06_ljrf_-_decreto_003.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/352/parecer_07_ljrf_-_decreto_004.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/353/parecer_08_ljrf_-_decreto_005.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/354/parecer_09_ljrf_-_decreto_006.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/355/parecer_10_ljrf_-_decreto_007.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_11_ljrf_-_decreto_008.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_12_ljrf_-_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/674/parecer_13_ljrf_-_projeto_l0_008.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/675/parecer_14_ljrf_-_projeto_l0_009.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/676/parecer_15_ljrf_-_projeto_l0_010.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/677/parecer_16_ljrf_-_projeto_l0_011.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/678/parecer_17_ljrf_-_decreto_010.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/679/parecer_18_ljrf_-_decreto_011.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/680/parecer_19_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/697/parecer_20_ljrf_-_projeto_l0_012.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/698/parecer_21_ljrf_-_projeto_l0_013.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/722/parecer_22_ljrf_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/721/parecer_23_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_24_ljrf_-_decreto_014.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_25_ljrf_-_decreto_015.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/745/parecer_26_ljrf_-_decreto_016.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/755/parecer_27_ljrf_-_projeto_lo_016.2025_-_taxa_de_residuos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/756/parecer_28_ljrf_-_projeto_lo_017.2025_-_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/757/parecer_29_ljrf_-_decreto_017.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/758/parecer_30_ljrf_-_decreto_018.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/759/parecer_31_ljrf_-_decreto_019.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/760/parecer_32_ljrf_-_decreto_020.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_33_ljrf_-_projeto_lo_018.2025_-_nomeia_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_34_ljrf_-_projeto_lo_019.2025_-_torna_cavalgada_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_35_ljrf_-_projeto_res_005.2025_-_ri_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/779/parecer_36_ljrf_-_projeto_lo_020.2025_-_nomeia_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_37_ljrf_-_decreto_021.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/799/parecer_38_ljrf_-_decreto_022.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/800/parecer_39_ljrf_-_decreto_023.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/809/parecer_40_ljrf_-_projeto_lc_011.2025_-_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/810/parecer_41_ljrf_-_decreto_024.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/811/parecer_42_ljrf_-_decreto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/812/parecer_43_ljrf_-_decreto_026.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/819/parecer_44_ljrf_-_decreto_027.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/824/parecer_45_ljrf_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/825/parecer_46_ljrf_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/826/parecer_47_ljrf_-_projeto_lo_026.2025_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/108/parecer_01_fo_-_projeto_lc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/109/parecer_02_fo_-_projeto_l0_04.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/110/parecer_03_fo_-_projeto_lo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/111/parecer_04_fo_-_projeto_res._003.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/699/parecer_05_fo_-_projeto_l0_12.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/700/parecer_06_fo_-_projeto_l0_13.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/723/parecer_07_fo_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/766/parecer_08_fo_-_projeto_lo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_09_fo_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/829/parecer_10_fo_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/82/001_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/83/002_-_joan.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/84/003_-_joan.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/85/004_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/86/005_-_andre.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/87/006_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/88/007_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/90/008_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/91/009_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/92/010_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/93/011_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/96/012_-_jussiene_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/97/013_-_joan.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/98/014_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/99/015_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/100/016_-_andre.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/101/017_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/106/018_-_joan.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/112/019_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/113/020_-_andre.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/114/021_-_joan.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/117/022_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/180/023_-_joan.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/182/024_-_joan.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/183/025_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/184/026_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/185/027_-_andre.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/186/028_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/188/029_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/189/030_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/190/031_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/191/032_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/194/033_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/195/034_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/196/035_-_joan.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/197/036_-_andre.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/198/037_-_joan.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/199/038_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/200/039_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/356/040_-_andre.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/357/041_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/358/042_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/359/043_-_joan.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/360/044_-_joan.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/383/045_-_andre.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/384/046_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/407/047_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/408/048_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/409/049_-_andre.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/681/050_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/682/051_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/683/052_-_joan.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/684/053_-_joan.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/685/054_-_andre.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/686/055_-_andre.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/692/056_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/702/057_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/703/058_-_andre.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/704/059_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/705/060_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/707/061_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/708/062_-_clayton_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/709/063_-_joan.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/710/064_-_joan.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/711/065_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/712/066_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/716/067_-_joan.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/717/068_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/718/069_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/719/070_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/720/071_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/725/072_-_joan.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/728/073_-_joan.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/729/074_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/730/075_-_andre.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/731/076_-_andre_.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/737/077_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/738/078_-_andre.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/739/079_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/740/080_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/741/081_-_joan.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/742/082_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/753/083_-_andre.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/754/084_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/761/085_-_joan.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/762/086_-_joan.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/772/087_-_joan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/773/088_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/780/089_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/787/090_-_andre.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/804/091_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/805/092_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/806/093_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/813/094_-_joan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/814/095_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/815/096_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/820/097_-_joan.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/821/098_-_andre.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/831/099_-_joan.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/832/100_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/833/101_-_andre.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/11/005_-_req_-_solicita_urgencia_na_aprovacao_do_plc_001.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/12/006_-_req_-_solicita_urgencia_na_aprovacao_do_plc_002.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/14/007_-_req_-_solicita_urgencia_na_aprovacao_do_plc_003.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/74/008_-_req_-_solicita_urgencia_na_aprovacao_do_plo_003_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/76/009_-_req_-_solicita_urgencia_na_aprovacao_do_plc_004_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/78/010_-_req_-_solicita_urgencia_na_aprovacao_do_pres_002_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/95/011_-_req_-_solicita_urgencia_na_aprovacao_de_plo_006.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/116/012_-_req_-_solicita_urgencia_na_aprovacao_de_plc_006.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/181/013_-_req_-_solicita_urgencia_na_aprovacao_de_plo_007.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/482/014_-_req_-_solicita_urgencia_na_aprovacao_de_plc_007.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/689/015_-_req_-_solicita_urgencia_na_aprovacao_de_plc_008.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/694/016_-_req_-_solicita_urgencia_na_aprovacao_de_plo_014.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/695/017_-_req_-_solicita_urgencia_na_aprovacao_de_plc_009.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/701/018_-_req_-_solicita_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/726/019_-_req_-_solicita_plo_recursos_hidricos.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/736/020_-_req_-_solicita_urgencia_na_aprovacao_de_pres_004.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/777/021_-_req_-_solicita_urgencia_na_aprovacao_de_plo_021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/781/022_-_req_-_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/782/023_-_req_-_licitacao_fardamento.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/789/024_-_req_-_solicita_urgencia_na_aprovacao_de_plo_022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/793/025_-_req_-_solicita_urgencia_na_aprovacao_de_plc_010.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/801/026_-_req_-_requerimento_viagens_onibus.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/818/027_-_req_-_requerimento_maquinas_manutencao.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/830/028_-_req_-_solicita_urgencia_na_aprovacao_de_plo_028.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/715/003_-_joan_siderley_-_quadrilhas.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/752/004_-_joseni_santos_de_medeiros_-_pereguinos_de_santana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/771/005_-_francisco_sales_-_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_andre_-_padre_joaquim.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/783/007_-_jussiene_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/802/008_-_joan_siderley_-_festa_do_padroeiro.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/803/009_-_joseni_santos_de_medeiros_-_aposentaria_de_dede_de_bado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_joan_siderley_bernardino_-_voto_de_pesar_cocota.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/724/004_-_joan_siderley_bernardino_-_voto_de_pesar_paulino.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/727/005_-_joan_siderley_bernardino_-_voto_de_pesar_alexia.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/798/006_-__andre_-_voto_de_pesar_novinha.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/1/001_-_plo_-_reajuste_de_salario_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/2/002_-_plo_-_reajuste_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/73/003_-_plo_-__institui_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/79/004_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/80/005_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/94/006_-_plo_-_semana_da_valorizacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/179/007_-_plo_-_institui_o_torneio_leiteiro_no_municipio_de_sao_jose_do_serido.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/476/008_-_plo_-_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/477/009_-_plo_-_prioridade_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_plo_-_renomeia_a_sede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/480/011_-_plo_-_saude_mental_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/688/012_-_plo_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_ordinaria_-_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/693/014_-_plo_-_autoriza_concurso_rev.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/713/015_-_plo_-_patrimonio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/746/016_-_plo_-_residuos_solidos_-_carimbado_-_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/747/017_-_plo_-_semana_de_concientizacao_autismo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/764/018_-_plo_-_nomeia_cavalgada_ernesto_macedo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/765/019_-_plo_-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/774/020_-_plo_-_denomina_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/775/021_-_plo_-__gratuidade_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/788/022_-_plo_-_minha_casa_minha_vida_sapl.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/790/023_-_plo_-_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/791/024_-_plo_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/808/025_-_plo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/822/026-_plo_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/823/027_-_plo_-_denomina_praca_na_treze_de_maio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/827/028_-_plo_-_projeto_de_lei_-_eficiencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/868/029_-_plo_-_incentivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/896/030_-_plo_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/897/031_-_plo_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/902/pdf24_merged_8.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/904/033_-_plo_-_areninha_nomeia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/905/034_-_plo_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/75/plc_004.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/81/plc_005.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/115/plc_006.2025_-_gapre_-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/478/plc_007.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/687/plc_008.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_complementar_-_modifica_cargas_horarias_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/792/plc_010.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/794/plc_011.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/906/plc_012.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/6/001_-_pdl_-_concede_afastamento_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/107/002_-_pdl_-_cencede_titulo_-_isaac_silvio_araujo..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/192/003_-_pdl_-_cencede_titulo_-_marcio_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/193/004_-_pdl_-_cencede_titulo_-_jose_ilton_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/201/005_-_pdl_-_cencede_titulo_-_antonio_de_medeiros_pereira_filho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/202/006_-_pdl_-_cencede_titulo_-_wagner_felipe_leao_azevedo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/203/007_-_pdl_-_cencede_titulo_-_janefran.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/381/008_-_pdl_-_cencede_titulo_-_adriana_araujo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/382/009_-_pdl_-_cencede_titulo_-_josivan_de_oliveira_lopes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/481/010_-_pdl_-_cencede_titulo_-_francisco_mauricio_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/483/011_-_pdl_-_cencede_titulo_-_geraldo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/484/012_-_pdl_-_cencede_titulo_-_willian.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/714/013_-_pdl_-_concede_titulo_-_geovana_lucena.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/733/014_-_pdl_-_concede_titulo_-_erinalva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/734/015_-_pdl_-_concede_titulo_-_manayra_monteiro_alves_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/735/016_-_pdl_-_concede_titulo_-_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/748/017_-_pdl_-_concede_titulo_-_maria_sueli_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/749/018_-_pdl_-_concede_titulo_-_moaci_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/750/019_-_pdl_-_concede_titulo_-_rafael_victor.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/751/020_-_pdl_-_concede_titulo_-_wellington.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/778/021_-_pdl_-_concede_titulo_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/784/022_-_pdl_-_concede_titulo_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/785/023_-_pdl_-_concede_titulo_-_alex_zanata.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/795/024_-_pdl_-_concede_titulo_-_leonardo_germano.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/796/025_-_pdl_-_concede_titulo_-_augusto_de_franca_maia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/797/026_-_pdl_-_concede_titulo_-_maria_aparecida_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/816/027_-_pdl_-_concede_titulo_-_joao_batista_de_souza.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/837/028_-_pdl_-_concede_titulo_-_ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/838/029_-_pdl_-_concede_titulo_-_general_girao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/846/030_-_pdl_-_concede_titulo_-_maria_jose_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/847/031_-_pdl_-_concede_titulo_-_jose_kledson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/848/032_-_pdl_-_concede_titulo_-_anna_alice.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/849/033_-_pdl_-_concede_titulo_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/850/034_-_pdl_-_concede_titulo_-_alcineide.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/851/035_-_pdl_-_concede_titulo_-_willgney.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/852/036_-_pdl_-_concede_titulo_-_thallyson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/853/037_-_pdl_-_concede_titulo_-_natalia_bonavides.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/854/038_-_pdl_-_concede_titulo_-_ana_santana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/855/039_-_pdl_-_concede_titulo_-_cynthia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/856/040_-_pdl_-_concede_titulo_-_salma.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/857/041_-_pdl_-_concede_titulo_-_marcelo_smith.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/858/042_-_pdl_-_concede_titulo_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/859/043_-_pdl_-_concede_titulo_-_francisco_de_sales_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/860/044_-_pdl_-_concede_titulo_-_kaliane.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/861/045_-_pdl_-_concede_titulo_-_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/894/046_-_pdl_-_concede_titulo_-_welligton.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/3/001_-_pres_-_altera_o_recesso_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/77/002_-_pres_-_altera_dia_das_sessoes_legislativas_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/89/003_-_pres_-_suprimento_de_fundos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/732/004_-_pres_-_altera_dia_das_sessoes_legislativas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/763/005_-_pres_-_regimento_interno_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/892/006_-_pres_-_altera_o_qdd.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/807/vet_001.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/102/parecer_01_ljrf_-_plc_05.2025_-_venc._ass_e_eng.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/103/parecer_02_ljrf_-_pl0_04.2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/104/parecer_03_ljrf_-_pl0_05.2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/105/parecer_04_ljrf_-_pres_003.2025_-_suprimento_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/187/parecer_05_ljrf_-_decreto_002.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/351/parecer_06_ljrf_-_decreto_003.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/352/parecer_07_ljrf_-_decreto_004.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/353/parecer_08_ljrf_-_decreto_005.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/354/parecer_09_ljrf_-_decreto_006.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/355/parecer_10_ljrf_-_decreto_007.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_11_ljrf_-_decreto_008.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_12_ljrf_-_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/674/parecer_13_ljrf_-_projeto_l0_008.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/675/parecer_14_ljrf_-_projeto_l0_009.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/676/parecer_15_ljrf_-_projeto_l0_010.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/677/parecer_16_ljrf_-_projeto_l0_011.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/678/parecer_17_ljrf_-_decreto_010.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/679/parecer_18_ljrf_-_decreto_011.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/680/parecer_19_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/697/parecer_20_ljrf_-_projeto_l0_012.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/698/parecer_21_ljrf_-_projeto_l0_013.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/722/parecer_22_ljrf_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/721/parecer_23_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_24_ljrf_-_decreto_014.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_25_ljrf_-_decreto_015.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/745/parecer_26_ljrf_-_decreto_016.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/755/parecer_27_ljrf_-_projeto_lo_016.2025_-_taxa_de_residuos.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/756/parecer_28_ljrf_-_projeto_lo_017.2025_-_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/757/parecer_29_ljrf_-_decreto_017.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/758/parecer_30_ljrf_-_decreto_018.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/759/parecer_31_ljrf_-_decreto_019.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/760/parecer_32_ljrf_-_decreto_020.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_33_ljrf_-_projeto_lo_018.2025_-_nomeia_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_34_ljrf_-_projeto_lo_019.2025_-_torna_cavalgada_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_35_ljrf_-_projeto_res_005.2025_-_ri_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/779/parecer_36_ljrf_-_projeto_lo_020.2025_-_nomeia_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_37_ljrf_-_decreto_021.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/799/parecer_38_ljrf_-_decreto_022.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/800/parecer_39_ljrf_-_decreto_023.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/809/parecer_40_ljrf_-_projeto_lc_011.2025_-_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/810/parecer_41_ljrf_-_decreto_024.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/811/parecer_42_ljrf_-_decreto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/812/parecer_43_ljrf_-_decreto_026.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/819/parecer_44_ljrf_-_decreto_027.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/824/parecer_45_ljrf_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/825/parecer_46_ljrf_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/826/parecer_47_ljrf_-_projeto_lo_026.2025_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_48_ljrf_-_projeto_lo_025.2025_-_gratuidade_tea.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/835/parecer_49_ljrf_-_projeto_lo_027.2025_-_renomeia_praca.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/862/parecer_50_ljrf_-_decreto_028.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/864/parecer_51_ljrf_-_decreto_029.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/872/parecer_52_ljrf_-_decreto_030.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_53_ljrf_-_decreto_031.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_54_ljrf_-_decreto_032.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_55_ljrf_-_decreto_033.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_56_ljrf_-_decreto_034.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_57_ljrf_-_decreto_035.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_58_ljrf_-_decreto_036.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_59_ljrf_-_decreto_037.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_60_ljrf_-_decreto_038.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_61_ljrf_-_decreto_039.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_62_ljrf_-_decreto_040.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_63_ljrf_-_decreto_041.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_64_ljrf_-_decreto_042.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_65_ljrf_-_decreto_043.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_66_ljrf_-_decreto_044.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_67_ljrf_-_decreto_045.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/898/parecer_68_ljrf_-_projeto_lo_030.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/899/parecer_69_ljrf_-_projeto_lo_031.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_70_ljrf_-_projeto_lo_033.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/108/parecer_01_fo_-_projeto_lc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/109/parecer_02_fo_-_projeto_l0_04.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/110/parecer_03_fo_-_projeto_lo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/111/parecer_04_fo_-_projeto_res._003.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/699/parecer_05_fo_-_projeto_l0_12.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/700/parecer_06_fo_-_projeto_l0_13.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/723/parecer_07_fo_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/766/parecer_08_fo_-_projeto_lo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_09_fo_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/829/parecer_10_fo_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/82/001_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/83/002_-_joan.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/84/003_-_joan.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/85/004_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/86/005_-_andre.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/87/006_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/88/007_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/90/008_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/91/009_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/92/010_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/93/011_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/96/012_-_jussiene_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/97/013_-_joan.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/98/014_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/99/015_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/100/016_-_andre.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/101/017_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/106/018_-_joan.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/112/019_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/113/020_-_andre.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/114/021_-_joan.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/117/022_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/180/023_-_joan.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/182/024_-_joan.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/183/025_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/184/026_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/185/027_-_andre.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/186/028_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/188/029_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/189/030_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/190/031_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/191/032_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/194/033_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/195/034_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/196/035_-_joan.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/197/036_-_andre.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/198/037_-_joan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/199/038_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/200/039_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/356/040_-_andre.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/357/041_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/358/042_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/359/043_-_joan.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/360/044_-_joan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/383/045_-_andre.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/384/046_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/407/047_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/408/048_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/409/049_-_andre.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/681/050_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/682/051_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/683/052_-_joan.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/684/053_-_joan.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/685/054_-_andre.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/686/055_-_andre.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/692/056_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/702/057_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/703/058_-_andre.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/704/059_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/705/060_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/707/061_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/708/062_-_clayton_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/709/063_-_joan.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/710/064_-_joan.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/711/065_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/712/066_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/716/067_-_joan.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/717/068_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/718/069_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/719/070_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/720/071_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/725/072_-_joan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/728/073_-_joan.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/729/074_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/730/075_-_andre.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/731/076_-_andre_.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/737/077_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/738/078_-_andre.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/739/079_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/740/080_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/741/081_-_joan.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/742/082_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/753/083_-_andre.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/754/084_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/761/085_-_joan.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/762/086_-_joan.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/772/087_-_joan.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/773/088_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/780/089_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/787/090_-_andre.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/804/091_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/805/092_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/806/093_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/813/094_-_joan.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/814/095_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/815/096_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/820/097_-_joan.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/821/098_-_andre.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/831/099_-_joan.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/832/100_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/833/101_-_andre.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/840/102_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/841/103_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/842/104_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/843/105_-_joan.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/844/106_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/845/107_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/865/108_-_andre.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/866/109_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/867/110_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/870/111_-_joan.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/888/112_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/889/113_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/890/114_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/900/115_-_joan.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/901/116_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/910/117_-_andre.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/11/005_-_req_-_solicita_urgencia_na_aprovacao_do_plc_001.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/12/006_-_req_-_solicita_urgencia_na_aprovacao_do_plc_002.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/14/007_-_req_-_solicita_urgencia_na_aprovacao_do_plc_003.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/74/008_-_req_-_solicita_urgencia_na_aprovacao_do_plo_003_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/76/009_-_req_-_solicita_urgencia_na_aprovacao_do_plc_004_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/78/010_-_req_-_solicita_urgencia_na_aprovacao_do_pres_002_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/95/011_-_req_-_solicita_urgencia_na_aprovacao_de_plo_006.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/116/012_-_req_-_solicita_urgencia_na_aprovacao_de_plc_006.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/181/013_-_req_-_solicita_urgencia_na_aprovacao_de_plo_007.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/482/014_-_req_-_solicita_urgencia_na_aprovacao_de_plc_007.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/689/015_-_req_-_solicita_urgencia_na_aprovacao_de_plc_008.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/694/016_-_req_-_solicita_urgencia_na_aprovacao_de_plo_014.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/695/017_-_req_-_solicita_urgencia_na_aprovacao_de_plc_009.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/701/018_-_req_-_solicita_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/726/019_-_req_-_solicita_plo_recursos_hidricos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/736/020_-_req_-_solicita_urgencia_na_aprovacao_de_pres_004.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/777/021_-_req_-_solicita_urgencia_na_aprovacao_de_plo_021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/781/022_-_req_-_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/782/023_-_req_-_licitacao_fardamento.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/789/024_-_req_-_solicita_urgencia_na_aprovacao_de_plo_022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/793/025_-_req_-_solicita_urgencia_na_aprovacao_de_plc_010.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/801/026_-_req_-_requerimento_viagens_onibus.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/818/027_-_req_-_requerimento_maquinas_manutencao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/830/028_-_req_-_solicita_urgencia_na_aprovacao_de_plo_028.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/869/029_-_req_-_solicita_urgencia_na_aprovacao_de_plo_029.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/893/030_-_req_-_solicita_urgencia_na_aprovacao_de_pres_006.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/895/031_-_req_-_solicita_urgencia_na_aprovacao_de_pdl_046.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/903/032_-_req_-_solicita_urgencia_na_aprovacao_de_plo_032.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/908/033_-_req_-_solicita_urgencia_na_aprovacao_de_plo_034.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/909/034_-_req_-_solicita_urgencia_na_aprovacao_de_plc_012.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/911/035_-_req_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/715/003_-_joan_siderley_-_quadrilhas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/752/004_-_joseni_santos_de_medeiros_-_pereguinos_de_santana.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/771/005_-_francisco_sales_-_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_andre_-_padre_joaquim.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/783/007_-_jussiene_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/802/008_-_joan_siderley_-_festa_do_padroeiro.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/803/009_-_joseni_santos_de_medeiros_-_aposentaria_de_dede_de_bado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/836/011_-_joan_siderley_-_orquestra.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/891/012_-_joseni_santos_de_medeiros_-_mestre_jo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_joan_siderley_bernardino_-_voto_de_pesar_cocota.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/724/004_-_joan_siderley_bernardino_-_voto_de_pesar_paulino.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/727/005_-_joan_siderley_bernardino_-_voto_de_pesar_alexia.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/798/006_-__andre_-_voto_de_pesar_novinha.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H275"/>
+  <dimension ref="A1:H350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="151.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3793,6442 +4408,8392 @@
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" t="s">
         <v>25</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H29" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>133</v>
       </c>
       <c r="H30" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>25</v>
+        <v>137</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H31" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>140</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>19</v>
+        <v>141</v>
       </c>
       <c r="D32" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>25</v>
+        <v>137</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H33" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>149</v>
       </c>
       <c r="D34" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F34" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>33</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>132</v>
+        <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>147</v>
+        <v>47</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="D36" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="E36" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="E37" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="H37" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="E38" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="H38" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="D39" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="E39" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="H39" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="D40" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="E40" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>33</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E41" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F41" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="H41" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D42" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E42" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F42" t="s">
-        <v>167</v>
+        <v>25</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E43" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F43" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H43" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D44" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E44" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F44" t="s">
-        <v>174</v>
+        <v>25</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F45" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="D46" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E46" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="D47" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E47" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="F47" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>186</v>
+        <v>33</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="D48" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E48" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F48" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="H48" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E49" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F49" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="H49" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>19</v>
+      </c>
+      <c r="D50" t="s">
+        <v>191</v>
+      </c>
+      <c r="E50" t="s">
         <v>192</v>
       </c>
-      <c r="B50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>193</v>
+        <v>100</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="H50" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="D51" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E51" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F51" t="s">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D52" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E52" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F52" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="H52" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D53" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E53" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H53" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D54" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E54" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F54" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="H54" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E55" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F55" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="H55" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E56" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F56" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="H56" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="D57" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E57" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F57" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H57" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="D58" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E58" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F58" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="H58" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="D59" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E59" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F59" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="H59" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="D60" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E60" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F60" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="H60" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="D61" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E61" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F61" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H61" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="D62" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E62" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F62" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="H62" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="D63" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E63" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F63" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H63" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>112</v>
+        <v>81</v>
       </c>
       <c r="D64" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E64" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F64" t="s">
-        <v>57</v>
+        <v>150</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="H64" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="D65" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E65" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F65" t="s">
-        <v>57</v>
+        <v>150</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E66" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F66" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="H66" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="D67" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="E67" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F67" t="s">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="H67" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>19</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="D68" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="E68" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="F68" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H68" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D69" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="E69" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="F69" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H69" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="D70" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="E70" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="F70" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H70" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="D71" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="E71" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="F71" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H71" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="D72" t="s">
-        <v>248</v>
+        <v>191</v>
       </c>
       <c r="E72" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="F72" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="H72" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>8</v>
+        <v>120</v>
       </c>
       <c r="D73" t="s">
-        <v>264</v>
+        <v>191</v>
       </c>
       <c r="E73" t="s">
-        <v>265</v>
+        <v>192</v>
       </c>
       <c r="F73" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H73" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>124</v>
       </c>
       <c r="D74" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E74" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F74" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H74" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="D75" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E75" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F75" t="s">
-        <v>48</v>
+        <v>202</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H75" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D76" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E76" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F76" t="s">
-        <v>48</v>
+        <v>221</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="H76" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D77" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E77" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F77" t="s">
-        <v>48</v>
+        <v>221</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H77" t="s">
-        <v>257</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>29</v>
+        <v>141</v>
       </c>
       <c r="D78" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E78" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F78" t="s">
-        <v>48</v>
+        <v>221</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="H78" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>33</v>
+        <v>145</v>
       </c>
       <c r="D79" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E79" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F79" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H79" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="D80" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E80" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F80" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="H80" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="D81" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E81" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F81" t="s">
         <v>100</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H81" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>47</v>
+        <v>297</v>
       </c>
       <c r="D82" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E82" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F82" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H82" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>52</v>
+        <v>301</v>
       </c>
       <c r="D83" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E83" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F83" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H83" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>56</v>
+        <v>305</v>
       </c>
       <c r="D84" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E84" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F84" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="H84" t="s">
-        <v>188</v>
+        <v>307</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>61</v>
+        <v>309</v>
       </c>
       <c r="D85" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E85" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F85" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="H85" t="s">
-        <v>191</v>
+        <v>311</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>65</v>
+        <v>313</v>
       </c>
       <c r="D86" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E86" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F86" t="s">
         <v>48</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="H86" t="s">
-        <v>45</v>
+        <v>315</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>69</v>
+        <v>317</v>
       </c>
       <c r="D87" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E87" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F87" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="H87" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>73</v>
+        <v>321</v>
       </c>
       <c r="D88" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E88" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F88" t="s">
-        <v>48</v>
+        <v>202</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="H88" t="s">
-        <v>54</v>
+        <v>323</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>77</v>
+        <v>325</v>
       </c>
       <c r="D89" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E89" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F89" t="s">
-        <v>100</v>
+        <v>326</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="H89" t="s">
-        <v>59</v>
+        <v>328</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>312</v>
+        <v>329</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>81</v>
+        <v>330</v>
       </c>
       <c r="D90" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E90" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F90" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="H90" t="s">
-        <v>195</v>
+        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>86</v>
+        <v>334</v>
       </c>
       <c r="D91" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E91" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F91" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>315</v>
+        <v>335</v>
       </c>
       <c r="H91" t="s">
-        <v>198</v>
+        <v>336</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>316</v>
+        <v>337</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>91</v>
+        <v>338</v>
       </c>
       <c r="D92" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E92" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F92" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>317</v>
+        <v>339</v>
       </c>
       <c r="H92" t="s">
-        <v>201</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>95</v>
+        <v>342</v>
       </c>
       <c r="D93" t="s">
-        <v>269</v>
+        <v>191</v>
       </c>
       <c r="E93" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="F93" t="s">
         <v>48</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>319</v>
+        <v>343</v>
       </c>
       <c r="H93" t="s">
-        <v>63</v>
+        <v>344</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>320</v>
+        <v>19</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>99</v>
+        <v>8</v>
       </c>
       <c r="D94" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E94" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F94" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>321</v>
+        <v>347</v>
       </c>
       <c r="H94" t="s">
-        <v>67</v>
+        <v>348</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>322</v>
+        <v>349</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="D95" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E95" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F95" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>323</v>
+        <v>350</v>
       </c>
       <c r="H95" t="s">
-        <v>324</v>
+        <v>351</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>325</v>
+        <v>352</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="D96" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E96" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F96" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>326</v>
+        <v>353</v>
       </c>
       <c r="H96" t="s">
-        <v>204</v>
+        <v>354</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>327</v>
+        <v>355</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>112</v>
+        <v>24</v>
       </c>
       <c r="D97" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E97" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F97" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>328</v>
+        <v>356</v>
       </c>
       <c r="H97" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>330</v>
+        <v>357</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>116</v>
+        <v>29</v>
       </c>
       <c r="D98" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E98" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F98" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>331</v>
+        <v>358</v>
       </c>
       <c r="H98" t="s">
-        <v>210</v>
+        <v>359</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>332</v>
+        <v>360</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="D99" t="s">
-        <v>269</v>
+        <v>345</v>
       </c>
       <c r="E99" t="s">
-        <v>270</v>
+        <v>346</v>
       </c>
       <c r="F99" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>333</v>
+        <v>361</v>
       </c>
       <c r="H99" t="s">
-        <v>213</v>
+        <v>362</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>334</v>
+        <v>363</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>124</v>
+        <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>269</v>
+        <v>364</v>
       </c>
       <c r="E100" t="s">
-        <v>270</v>
+        <v>365</v>
       </c>
       <c r="F100" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>335</v>
+        <v>366</v>
       </c>
       <c r="H100" t="s">
-        <v>79</v>
+        <v>367</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>336</v>
+        <v>368</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>128</v>
+        <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E101" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F101" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>337</v>
+        <v>371</v>
       </c>
       <c r="H101" t="s">
-        <v>84</v>
+        <v>372</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>338</v>
+        <v>373</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>339</v>
+        <v>15</v>
       </c>
       <c r="D102" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E102" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F102" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="H102" t="s">
-        <v>217</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>341</v>
+        <v>376</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>342</v>
+        <v>19</v>
       </c>
       <c r="D103" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E103" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F103" t="s">
         <v>48</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>343</v>
+        <v>377</v>
       </c>
       <c r="H103" t="s">
-        <v>220</v>
+        <v>378</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>344</v>
+        <v>379</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>345</v>
+        <v>24</v>
       </c>
       <c r="D104" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E104" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F104" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>346</v>
+        <v>380</v>
       </c>
       <c r="H104" t="s">
-        <v>223</v>
+        <v>354</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>347</v>
+        <v>381</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>348</v>
+        <v>29</v>
       </c>
       <c r="D105" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E105" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F105" t="s">
         <v>48</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>349</v>
+        <v>382</v>
       </c>
       <c r="H105" t="s">
-        <v>226</v>
+        <v>383</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>350</v>
+        <v>384</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>351</v>
+        <v>33</v>
       </c>
       <c r="D106" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E106" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F106" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="H106" t="s">
-        <v>89</v>
+        <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>354</v>
+        <v>38</v>
       </c>
       <c r="D107" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E107" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F107" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="H107" t="s">
-        <v>93</v>
+        <v>389</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>356</v>
+        <v>390</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>357</v>
+        <v>42</v>
       </c>
       <c r="D108" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E108" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F108" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="H108" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>360</v>
+        <v>393</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>361</v>
+        <v>47</v>
       </c>
       <c r="D109" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E109" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F109" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>362</v>
+        <v>394</v>
       </c>
       <c r="H109" t="s">
-        <v>97</v>
+        <v>395</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>363</v>
+        <v>396</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>364</v>
+        <v>52</v>
       </c>
       <c r="D110" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E110" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F110" t="s">
         <v>100</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>365</v>
+        <v>397</v>
       </c>
       <c r="H110" t="s">
-        <v>229</v>
+        <v>398</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>366</v>
+        <v>399</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>367</v>
+        <v>56</v>
       </c>
       <c r="D111" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E111" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F111" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>368</v>
+        <v>400</v>
       </c>
       <c r="H111" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>401</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>61</v>
+      </c>
+      <c r="D112" t="s">
         <v>369</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F112" t="s">
         <v>100</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="H112" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>373</v>
+        <v>65</v>
       </c>
       <c r="D113" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E113" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F113" t="s">
         <v>48</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>374</v>
+        <v>404</v>
       </c>
       <c r="H113" t="s">
-        <v>161</v>
+        <v>45</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>375</v>
+        <v>405</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>376</v>
+        <v>69</v>
       </c>
       <c r="D114" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E114" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F114" t="s">
         <v>100</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>377</v>
+        <v>406</v>
       </c>
       <c r="H114" t="s">
-        <v>238</v>
+        <v>407</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>379</v>
+        <v>73</v>
       </c>
       <c r="D115" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E115" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F115" t="s">
         <v>48</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>380</v>
+        <v>409</v>
       </c>
       <c r="H115" t="s">
-        <v>241</v>
+        <v>54</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>381</v>
+        <v>410</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>382</v>
+        <v>77</v>
       </c>
       <c r="D116" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E116" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F116" t="s">
         <v>100</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>383</v>
+        <v>411</v>
       </c>
       <c r="H116" t="s">
-        <v>244</v>
+        <v>59</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>384</v>
+        <v>412</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>385</v>
+        <v>81</v>
       </c>
       <c r="D117" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E117" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F117" t="s">
         <v>48</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>386</v>
+        <v>413</v>
       </c>
       <c r="H117" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>387</v>
+        <v>414</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>388</v>
+        <v>86</v>
       </c>
       <c r="D118" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E118" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F118" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>389</v>
+        <v>415</v>
       </c>
       <c r="H118" t="s">
-        <v>110</v>
+        <v>226</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>390</v>
+        <v>416</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>391</v>
+        <v>91</v>
       </c>
       <c r="D119" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E119" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F119" t="s">
         <v>48</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>392</v>
+        <v>417</v>
       </c>
       <c r="H119" t="s">
-        <v>114</v>
+        <v>229</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>394</v>
+        <v>95</v>
       </c>
       <c r="D120" t="s">
-        <v>269</v>
+        <v>369</v>
       </c>
       <c r="E120" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="F120" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>395</v>
+        <v>419</v>
       </c>
       <c r="H120" t="s">
-        <v>396</v>
+        <v>63</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>397</v>
+        <v>420</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="D121" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E121" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F121" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="H121" t="s">
-        <v>272</v>
+        <v>67</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>401</v>
+        <v>422</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D122" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E122" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F122" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>402</v>
+        <v>423</v>
       </c>
       <c r="H122" t="s">
-        <v>27</v>
+        <v>424</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>403</v>
+        <v>425</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="D123" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E123" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F123" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>404</v>
+        <v>426</v>
       </c>
       <c r="H123" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>405</v>
+        <v>427</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="D124" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E124" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F124" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>406</v>
+        <v>428</v>
       </c>
       <c r="H124" t="s">
-        <v>257</v>
+        <v>429</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>407</v>
+        <v>430</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="D125" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E125" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F125" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>408</v>
+        <v>431</v>
       </c>
       <c r="H125" t="s">
-        <v>63</v>
+        <v>238</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>409</v>
+        <v>432</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="D126" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E126" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F126" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>410</v>
+        <v>433</v>
       </c>
       <c r="H126" t="s">
-        <v>411</v>
+        <v>241</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>412</v>
+        <v>434</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>38</v>
+        <v>124</v>
       </c>
       <c r="D127" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E127" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F127" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="H127" t="s">
-        <v>324</v>
+        <v>79</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="D128" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E128" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F128" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>415</v>
+        <v>437</v>
       </c>
       <c r="H128" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>416</v>
+        <v>438</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>47</v>
+        <v>132</v>
       </c>
       <c r="D129" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E129" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F129" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>417</v>
+        <v>439</v>
       </c>
       <c r="H129" t="s">
-        <v>110</v>
+        <v>244</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>418</v>
+        <v>440</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="D130" t="s">
-        <v>398</v>
+        <v>369</v>
       </c>
       <c r="E130" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="F130" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>419</v>
+        <v>441</v>
       </c>
       <c r="H130" t="s">
-        <v>114</v>
+        <v>247</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>420</v>
+        <v>442</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>8</v>
+        <v>141</v>
       </c>
       <c r="D131" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E131" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F131" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>423</v>
+        <v>443</v>
       </c>
       <c r="H131" t="s">
-        <v>424</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>425</v>
+        <v>444</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="D132" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E132" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F132" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
       <c r="H132" t="s">
-        <v>427</v>
+        <v>253</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>19</v>
+        <v>149</v>
       </c>
       <c r="D133" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E133" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F133" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="H133" t="s">
-        <v>430</v>
+        <v>89</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="D134" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E134" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F134" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>432</v>
+        <v>449</v>
       </c>
       <c r="H134" t="s">
-        <v>433</v>
+        <v>93</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>434</v>
+        <v>450</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="D135" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E135" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F135" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="H135" t="s">
-        <v>436</v>
+        <v>452</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>437</v>
+        <v>453</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>33</v>
+        <v>301</v>
       </c>
       <c r="D136" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E136" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F136" t="s">
-        <v>174</v>
+        <v>48</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="H136" t="s">
-        <v>439</v>
+        <v>97</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>440</v>
+        <v>455</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>38</v>
+        <v>305</v>
       </c>
       <c r="D137" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E137" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F137" t="s">
-        <v>193</v>
+        <v>100</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
       <c r="H137" t="s">
-        <v>442</v>
+        <v>256</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>443</v>
+        <v>457</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>42</v>
+        <v>309</v>
       </c>
       <c r="D138" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E138" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F138" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>444</v>
+        <v>458</v>
       </c>
       <c r="H138" t="s">
-        <v>445</v>
+        <v>259</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>47</v>
+        <v>313</v>
       </c>
       <c r="D139" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E139" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F139" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="H139" t="s">
-        <v>448</v>
+        <v>262</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>52</v>
+        <v>317</v>
       </c>
       <c r="D140" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E140" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F140" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="H140" t="s">
-        <v>451</v>
+        <v>187</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>56</v>
+        <v>321</v>
       </c>
       <c r="D141" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E141" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F141" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="H141" t="s">
-        <v>454</v>
+        <v>265</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>61</v>
+        <v>325</v>
       </c>
       <c r="D142" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E142" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F142" t="s">
-        <v>456</v>
+        <v>48</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="H142" t="s">
-        <v>458</v>
+        <v>268</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>65</v>
+        <v>330</v>
       </c>
       <c r="D143" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E143" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F143" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="H143" t="s">
-        <v>461</v>
+        <v>271</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>69</v>
+        <v>334</v>
       </c>
       <c r="D144" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E144" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F144" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="H144" t="s">
-        <v>464</v>
+        <v>274</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>73</v>
+        <v>338</v>
       </c>
       <c r="D145" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E145" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F145" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="H145" t="s">
-        <v>467</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>77</v>
+        <v>342</v>
       </c>
       <c r="D146" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E146" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F146" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H146" t="s">
-        <v>470</v>
+        <v>114</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>81</v>
+        <v>476</v>
       </c>
       <c r="D147" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E147" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F147" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H147" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>86</v>
+        <v>480</v>
       </c>
       <c r="D148" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E148" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F148" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="H148" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>91</v>
+        <v>484</v>
       </c>
       <c r="D149" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E149" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F149" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="H149" t="s">
-        <v>479</v>
+        <v>126</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>95</v>
+        <v>487</v>
       </c>
       <c r="D150" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E150" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F150" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="H150" t="s">
-        <v>482</v>
+        <v>277</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>99</v>
+        <v>490</v>
       </c>
       <c r="D151" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E151" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F151" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="H151" t="s">
-        <v>485</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>104</v>
+        <v>493</v>
       </c>
       <c r="D152" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E152" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F152" t="s">
-        <v>215</v>
+        <v>48</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="H152" t="s">
-        <v>488</v>
+        <v>283</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>108</v>
+        <v>496</v>
       </c>
       <c r="D153" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E153" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F153" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="H153" t="s">
-        <v>491</v>
+        <v>286</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>112</v>
+        <v>499</v>
       </c>
       <c r="D154" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E154" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F154" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="H154" t="s">
-        <v>494</v>
+        <v>289</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>116</v>
+        <v>502</v>
       </c>
       <c r="D155" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E155" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F155" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="H155" t="s">
-        <v>497</v>
+        <v>292</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>120</v>
+        <v>505</v>
       </c>
       <c r="D156" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E156" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F156" t="s">
-        <v>193</v>
+        <v>48</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="H156" t="s">
-        <v>500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>124</v>
+        <v>508</v>
       </c>
       <c r="D157" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E157" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F157" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="H157" t="s">
-        <v>503</v>
+        <v>299</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>128</v>
+        <v>511</v>
       </c>
       <c r="D158" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E158" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F158" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="H158" t="s">
-        <v>506</v>
+        <v>303</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>339</v>
+        <v>514</v>
       </c>
       <c r="D159" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E159" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F159" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="H159" t="s">
-        <v>509</v>
+        <v>307</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>342</v>
+        <v>517</v>
       </c>
       <c r="D160" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E160" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F160" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="H160" t="s">
-        <v>512</v>
+        <v>311</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>345</v>
+        <v>520</v>
       </c>
       <c r="D161" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E161" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F161" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="H161" t="s">
-        <v>515</v>
+        <v>315</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>348</v>
+        <v>523</v>
       </c>
       <c r="D162" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E162" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F162" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="H162" t="s">
-        <v>518</v>
+        <v>319</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>351</v>
+        <v>526</v>
       </c>
       <c r="D163" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E163" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F163" t="s">
-        <v>520</v>
+        <v>100</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="H163" t="s">
-        <v>522</v>
+        <v>323</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>354</v>
+        <v>529</v>
       </c>
       <c r="D164" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E164" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F164" t="s">
-        <v>520</v>
+        <v>100</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="H164" t="s">
-        <v>525</v>
+        <v>328</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>357</v>
+        <v>532</v>
       </c>
       <c r="D165" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E165" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F165" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="H165" t="s">
-        <v>528</v>
+        <v>332</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>361</v>
+        <v>535</v>
       </c>
       <c r="D166" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E166" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F166" t="s">
         <v>100</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="H166" t="s">
-        <v>531</v>
+        <v>336</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>364</v>
+        <v>538</v>
       </c>
       <c r="D167" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E167" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F167" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="H167" t="s">
-        <v>534</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>367</v>
+        <v>541</v>
       </c>
       <c r="D168" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E168" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F168" t="s">
-        <v>215</v>
+        <v>48</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="H168" t="s">
-        <v>537</v>
+        <v>139</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
+        <v>544</v>
+      </c>
+      <c r="D169" t="s">
+        <v>369</v>
+      </c>
+      <c r="E169" t="s">
         <v>370</v>
       </c>
-      <c r="D169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="H169" t="s">
-        <v>540</v>
+        <v>143</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>373</v>
+        <v>547</v>
       </c>
       <c r="D170" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E170" t="s">
-        <v>422</v>
+        <v>370</v>
       </c>
       <c r="F170" t="s">
         <v>100</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="H170" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>376</v>
+        <v>8</v>
       </c>
       <c r="D171" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E171" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F171" t="s">
         <v>57</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="H171" t="s">
-        <v>546</v>
+        <v>372</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>379</v>
+        <v>15</v>
       </c>
       <c r="D172" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E172" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F172" t="s">
-        <v>174</v>
+        <v>43</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="H172" t="s">
-        <v>549</v>
+        <v>27</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
       <c r="D173" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E173" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F173" t="s">
-        <v>167</v>
+        <v>57</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="H173" t="s">
-        <v>552</v>
+        <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>385</v>
+        <v>24</v>
       </c>
       <c r="D174" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E174" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F174" t="s">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H174" t="s">
-        <v>555</v>
+        <v>354</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>388</v>
+        <v>29</v>
       </c>
       <c r="D175" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E175" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F175" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="H175" t="s">
-        <v>558</v>
+        <v>63</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="D176" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E176" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F176" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="H176" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>394</v>
+        <v>38</v>
       </c>
       <c r="D177" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E177" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F177" t="s">
-        <v>215</v>
+        <v>43</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="H177" t="s">
-        <v>564</v>
+        <v>424</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>566</v>
+        <v>42</v>
       </c>
       <c r="D178" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E178" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F178" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H178" t="s">
-        <v>568</v>
+        <v>79</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>569</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
+        <v>47</v>
+      </c>
+      <c r="D179" t="s">
+        <v>551</v>
+      </c>
+      <c r="E179" t="s">
+        <v>552</v>
+      </c>
+      <c r="F179" t="s">
+        <v>43</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="D179" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H179" t="s">
-        <v>572</v>
+        <v>110</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>574</v>
+        <v>52</v>
       </c>
       <c r="D180" t="s">
-        <v>421</v>
+        <v>551</v>
       </c>
       <c r="E180" t="s">
-        <v>422</v>
+        <v>552</v>
       </c>
       <c r="F180" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="H180" t="s">
-        <v>576</v>
+        <v>114</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>573</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" t="s">
+        <v>574</v>
+      </c>
+      <c r="E181" t="s">
+        <v>575</v>
+      </c>
+      <c r="F181" t="s">
+        <v>48</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H181" t="s">
         <v>577</v>
-      </c>
-[...19 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="D182" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E182" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F182" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="H182" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>586</v>
+        <v>19</v>
       </c>
       <c r="D183" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E183" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F183" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="H183" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>590</v>
+        <v>24</v>
       </c>
       <c r="D184" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E184" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F184" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="H184" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>594</v>
+        <v>29</v>
       </c>
       <c r="D185" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E185" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F185" t="s">
         <v>100</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="H185" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>598</v>
+        <v>33</v>
       </c>
       <c r="D186" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E186" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F186" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="H186" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>602</v>
+        <v>38</v>
       </c>
       <c r="D187" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E187" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F187" t="s">
-        <v>193</v>
+        <v>221</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="H187" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>606</v>
+        <v>42</v>
       </c>
       <c r="D188" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E188" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F188" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="H188" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>610</v>
+        <v>47</v>
       </c>
       <c r="D189" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E189" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F189" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="H189" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>614</v>
+        <v>52</v>
       </c>
       <c r="D190" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E190" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F190" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="H190" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>618</v>
+        <v>56</v>
       </c>
       <c r="D191" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E191" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F191" t="s">
-        <v>43</v>
+        <v>202</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>619</v>
+        <v>606</v>
       </c>
       <c r="H191" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>622</v>
+        <v>61</v>
       </c>
       <c r="D192" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E192" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F192" t="s">
-        <v>48</v>
+        <v>609</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="H192" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>626</v>
+        <v>65</v>
       </c>
       <c r="D193" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E193" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F193" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>627</v>
+        <v>613</v>
       </c>
       <c r="H193" t="s">
-        <v>628</v>
+        <v>614</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>629</v>
+        <v>615</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>630</v>
+        <v>69</v>
       </c>
       <c r="D194" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E194" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F194" t="s">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>631</v>
+        <v>616</v>
       </c>
       <c r="H194" t="s">
-        <v>632</v>
+        <v>617</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>634</v>
+        <v>73</v>
       </c>
       <c r="D195" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E195" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F195" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
       <c r="H195" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>638</v>
+        <v>77</v>
       </c>
       <c r="D196" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E196" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F196" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>639</v>
+        <v>622</v>
       </c>
       <c r="H196" t="s">
-        <v>640</v>
+        <v>623</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>641</v>
+        <v>624</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>642</v>
+        <v>81</v>
       </c>
       <c r="D197" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E197" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F197" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>643</v>
+        <v>625</v>
       </c>
       <c r="H197" t="s">
-        <v>644</v>
+        <v>626</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>645</v>
+        <v>627</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>646</v>
+        <v>86</v>
       </c>
       <c r="D198" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E198" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F198" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>647</v>
+        <v>628</v>
       </c>
       <c r="H198" t="s">
-        <v>648</v>
+        <v>629</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>649</v>
+        <v>630</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>650</v>
+        <v>91</v>
       </c>
       <c r="D199" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E199" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F199" t="s">
-        <v>57</v>
+        <v>202</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>651</v>
+        <v>631</v>
       </c>
       <c r="H199" t="s">
-        <v>652</v>
+        <v>632</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>654</v>
+        <v>95</v>
       </c>
       <c r="D200" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E200" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F200" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="H200" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>658</v>
+        <v>99</v>
       </c>
       <c r="D201" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E201" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F201" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>659</v>
+        <v>637</v>
       </c>
       <c r="H201" t="s">
-        <v>660</v>
+        <v>638</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>661</v>
+        <v>639</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>662</v>
+        <v>104</v>
       </c>
       <c r="D202" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E202" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F202" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>663</v>
+        <v>640</v>
       </c>
       <c r="H202" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>665</v>
+        <v>642</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="D203" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E203" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F203" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>666</v>
+        <v>643</v>
       </c>
       <c r="H203" t="s">
-        <v>667</v>
+        <v>644</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>668</v>
+        <v>645</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>669</v>
+        <v>112</v>
       </c>
       <c r="D204" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E204" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F204" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>670</v>
+        <v>646</v>
       </c>
       <c r="H204" t="s">
-        <v>671</v>
+        <v>647</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>672</v>
+        <v>648</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
       <c r="D205" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E205" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F205" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
       <c r="H205" t="s">
-        <v>674</v>
+        <v>650</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>675</v>
+        <v>651</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>676</v>
+        <v>120</v>
       </c>
       <c r="D206" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E206" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F206" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>677</v>
+        <v>652</v>
       </c>
       <c r="H206" t="s">
-        <v>678</v>
+        <v>653</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>252</v>
+        <v>124</v>
       </c>
       <c r="D207" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E207" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F207" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>680</v>
+        <v>655</v>
       </c>
       <c r="H207" t="s">
-        <v>681</v>
+        <v>656</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>682</v>
+        <v>657</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>683</v>
+        <v>128</v>
       </c>
       <c r="D208" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E208" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F208" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>684</v>
+        <v>658</v>
       </c>
       <c r="H208" t="s">
-        <v>685</v>
+        <v>659</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>686</v>
+        <v>660</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="D209" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E209" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F209" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>687</v>
+        <v>661</v>
       </c>
       <c r="H209" t="s">
-        <v>688</v>
+        <v>662</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>689</v>
+        <v>663</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="D210" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E210" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F210" t="s">
-        <v>48</v>
+        <v>202</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>690</v>
+        <v>664</v>
       </c>
       <c r="H210" t="s">
-        <v>691</v>
+        <v>665</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>692</v>
+        <v>666</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D211" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E211" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F211" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>693</v>
+        <v>667</v>
       </c>
       <c r="H211" t="s">
-        <v>694</v>
+        <v>668</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>695</v>
+        <v>669</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>420</v>
+        <v>145</v>
       </c>
       <c r="D212" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E212" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F212" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>696</v>
+        <v>670</v>
       </c>
       <c r="H212" t="s">
-        <v>697</v>
+        <v>671</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>698</v>
+        <v>672</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>425</v>
+        <v>149</v>
       </c>
       <c r="D213" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E213" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F213" t="s">
-        <v>100</v>
+        <v>673</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>699</v>
+        <v>674</v>
       </c>
       <c r="H213" t="s">
-        <v>700</v>
+        <v>675</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>701</v>
+        <v>676</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>428</v>
+        <v>154</v>
       </c>
       <c r="D214" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E214" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F214" t="s">
-        <v>43</v>
+        <v>673</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>702</v>
+        <v>677</v>
       </c>
       <c r="H214" t="s">
-        <v>703</v>
+        <v>678</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>704</v>
+        <v>679</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>431</v>
+        <v>297</v>
       </c>
       <c r="D215" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E215" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F215" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>705</v>
+        <v>680</v>
       </c>
       <c r="H215" t="s">
-        <v>706</v>
+        <v>681</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>434</v>
+        <v>301</v>
       </c>
       <c r="D216" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E216" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F216" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="H216" t="s">
-        <v>709</v>
+        <v>684</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>710</v>
+        <v>685</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>437</v>
+        <v>305</v>
       </c>
       <c r="D217" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E217" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F217" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>711</v>
+        <v>686</v>
       </c>
       <c r="H217" t="s">
-        <v>712</v>
+        <v>687</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>713</v>
+        <v>688</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>440</v>
+        <v>309</v>
       </c>
       <c r="D218" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E218" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F218" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>714</v>
+        <v>689</v>
       </c>
       <c r="H218" t="s">
-        <v>715</v>
+        <v>690</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>716</v>
+        <v>691</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>255</v>
+        <v>313</v>
       </c>
       <c r="D219" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E219" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F219" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>717</v>
+        <v>692</v>
       </c>
       <c r="H219" t="s">
-        <v>718</v>
+        <v>693</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>719</v>
+        <v>694</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>443</v>
+        <v>317</v>
       </c>
       <c r="D220" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E220" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F220" t="s">
         <v>100</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>720</v>
+        <v>695</v>
       </c>
       <c r="H220" t="s">
-        <v>721</v>
+        <v>696</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>446</v>
+        <v>321</v>
       </c>
       <c r="D221" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E221" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F221" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>723</v>
+        <v>698</v>
       </c>
       <c r="H221" t="s">
-        <v>724</v>
+        <v>699</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>725</v>
+        <v>700</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>449</v>
+        <v>325</v>
       </c>
       <c r="D222" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E222" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F222" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>726</v>
+        <v>701</v>
       </c>
       <c r="H222" t="s">
-        <v>727</v>
+        <v>702</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>728</v>
+        <v>703</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>452</v>
+        <v>330</v>
       </c>
       <c r="D223" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E223" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F223" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>729</v>
+        <v>704</v>
       </c>
       <c r="H223" t="s">
-        <v>730</v>
+        <v>705</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>731</v>
+        <v>706</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>32</v>
+        <v>334</v>
       </c>
       <c r="D224" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E224" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F224" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>732</v>
+        <v>707</v>
       </c>
       <c r="H224" t="s">
-        <v>733</v>
+        <v>708</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>735</v>
+        <v>338</v>
       </c>
       <c r="D225" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E225" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F225" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>736</v>
+        <v>710</v>
       </c>
       <c r="H225" t="s">
-        <v>737</v>
+        <v>711</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>738</v>
+        <v>712</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>455</v>
+        <v>342</v>
       </c>
       <c r="D226" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E226" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F226" t="s">
-        <v>43</v>
+        <v>221</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>739</v>
+        <v>713</v>
       </c>
       <c r="H226" t="s">
-        <v>740</v>
+        <v>714</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>741</v>
+        <v>715</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
       <c r="D227" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E227" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F227" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>742</v>
+        <v>716</v>
       </c>
       <c r="H227" t="s">
-        <v>743</v>
+        <v>717</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>744</v>
+        <v>718</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>462</v>
+        <v>480</v>
       </c>
       <c r="D228" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E228" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F228" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>745</v>
+        <v>719</v>
       </c>
       <c r="H228" t="s">
-        <v>746</v>
+        <v>720</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>747</v>
+        <v>721</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="D229" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E229" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F229" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>748</v>
+        <v>722</v>
       </c>
       <c r="H229" t="s">
-        <v>749</v>
+        <v>723</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>750</v>
+        <v>724</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="D230" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E230" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F230" t="s">
         <v>57</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>751</v>
+        <v>725</v>
       </c>
       <c r="H230" t="s">
-        <v>752</v>
+        <v>726</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>753</v>
+        <v>727</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>471</v>
+        <v>490</v>
       </c>
       <c r="D231" t="s">
-        <v>421</v>
+        <v>574</v>
       </c>
       <c r="E231" t="s">
-        <v>422</v>
+        <v>575</v>
       </c>
       <c r="F231" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>754</v>
+        <v>728</v>
       </c>
       <c r="H231" t="s">
-        <v>755</v>
+        <v>729</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>24</v>
+        <v>730</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>8</v>
+        <v>493</v>
       </c>
       <c r="D232" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E232" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F232" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>758</v>
+        <v>731</v>
       </c>
       <c r="H232" t="s">
-        <v>759</v>
+        <v>732</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>29</v>
+        <v>733</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>15</v>
+        <v>496</v>
       </c>
       <c r="D233" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E233" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F233" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>760</v>
+        <v>734</v>
       </c>
       <c r="H233" t="s">
-        <v>761</v>
+        <v>735</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>38</v>
+        <v>736</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>19</v>
+        <v>499</v>
       </c>
       <c r="D234" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E234" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F234" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>762</v>
+        <v>737</v>
       </c>
       <c r="H234" t="s">
-        <v>763</v>
+        <v>738</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>42</v>
+        <v>739</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>24</v>
+        <v>502</v>
       </c>
       <c r="D235" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E235" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F235" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>764</v>
+        <v>740</v>
       </c>
       <c r="H235" t="s">
-        <v>765</v>
+        <v>741</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>56</v>
+        <v>742</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>29</v>
+        <v>505</v>
       </c>
       <c r="D236" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E236" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F236" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>766</v>
+        <v>743</v>
       </c>
       <c r="H236" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>61</v>
+        <v>745</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>33</v>
+        <v>508</v>
       </c>
       <c r="D237" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E237" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F237" t="s">
-        <v>12</v>
+        <v>221</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>768</v>
+        <v>746</v>
       </c>
       <c r="H237" t="s">
-        <v>769</v>
+        <v>747</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>69</v>
+        <v>748</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>38</v>
+        <v>511</v>
       </c>
       <c r="D238" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E238" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F238" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="H238" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>669</v>
+        <v>751</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>42</v>
+        <v>514</v>
       </c>
       <c r="D239" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E239" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F239" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>772</v>
+        <v>752</v>
       </c>
       <c r="H239" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>676</v>
+        <v>754</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>47</v>
+        <v>517</v>
       </c>
       <c r="D240" t="s">
+        <v>574</v>
+      </c>
+      <c r="E240" t="s">
+        <v>575</v>
+      </c>
+      <c r="F240" t="s">
+        <v>34</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H240" t="s">
         <v>756</v>
-      </c>
-[...10 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>683</v>
+        <v>757</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>52</v>
+        <v>520</v>
       </c>
       <c r="D241" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E241" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F241" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="H241" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>735</v>
+        <v>760</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>56</v>
+        <v>523</v>
       </c>
       <c r="D242" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E242" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F242" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
       <c r="H242" t="s">
-        <v>779</v>
+        <v>762</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>780</v>
+        <v>763</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>61</v>
+        <v>526</v>
       </c>
       <c r="D243" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E243" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F243" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>781</v>
+        <v>764</v>
       </c>
       <c r="H243" t="s">
-        <v>782</v>
+        <v>765</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>783</v>
+        <v>766</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>65</v>
+        <v>529</v>
       </c>
       <c r="D244" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E244" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F244" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>784</v>
+        <v>767</v>
       </c>
       <c r="H244" t="s">
-        <v>785</v>
+        <v>768</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>69</v>
+        <v>532</v>
       </c>
       <c r="D245" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E245" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F245" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>787</v>
+        <v>770</v>
       </c>
       <c r="H245" t="s">
-        <v>788</v>
+        <v>771</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>789</v>
+        <v>772</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>73</v>
+        <v>535</v>
       </c>
       <c r="D246" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E246" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F246" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>790</v>
+        <v>773</v>
       </c>
       <c r="H246" t="s">
-        <v>791</v>
+        <v>774</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>792</v>
+        <v>775</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>77</v>
+        <v>538</v>
       </c>
       <c r="D247" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E247" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F247" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
       <c r="H247" t="s">
-        <v>794</v>
+        <v>777</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>795</v>
+        <v>778</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>81</v>
+        <v>541</v>
       </c>
       <c r="D248" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E248" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F248" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>796</v>
+        <v>779</v>
       </c>
       <c r="H248" t="s">
-        <v>797</v>
+        <v>780</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>798</v>
+        <v>781</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>86</v>
+        <v>544</v>
       </c>
       <c r="D249" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E249" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F249" t="s">
         <v>57</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>799</v>
+        <v>782</v>
       </c>
       <c r="H249" t="s">
-        <v>800</v>
+        <v>783</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>801</v>
+        <v>784</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>91</v>
+        <v>547</v>
       </c>
       <c r="D250" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E250" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F250" t="s">
         <v>57</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>802</v>
+        <v>785</v>
       </c>
       <c r="H250" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>804</v>
+        <v>787</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>95</v>
+        <v>788</v>
       </c>
       <c r="D251" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E251" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F251" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="H251" t="s">
-        <v>806</v>
+        <v>790</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>99</v>
+        <v>792</v>
       </c>
       <c r="D252" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E252" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F252" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>808</v>
+        <v>793</v>
       </c>
       <c r="H252" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D253" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E253" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F253" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
       <c r="H253" t="s">
-        <v>812</v>
+        <v>797</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>813</v>
+        <v>798</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>108</v>
+        <v>799</v>
       </c>
       <c r="D254" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E254" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F254" t="s">
         <v>57</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>814</v>
+        <v>800</v>
       </c>
       <c r="H254" t="s">
-        <v>815</v>
+        <v>801</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>816</v>
+        <v>802</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>112</v>
+        <v>165</v>
       </c>
       <c r="D255" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E255" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F255" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>817</v>
+        <v>803</v>
       </c>
       <c r="H255" t="s">
-        <v>818</v>
+        <v>804</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>819</v>
+        <v>805</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>116</v>
+        <v>806</v>
       </c>
       <c r="D256" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E256" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F256" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="H256" t="s">
-        <v>821</v>
+        <v>808</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>822</v>
+        <v>809</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>120</v>
+        <v>349</v>
       </c>
       <c r="D257" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E257" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F257" t="s">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>823</v>
+        <v>810</v>
       </c>
       <c r="H257" t="s">
-        <v>824</v>
+        <v>811</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>825</v>
+        <v>812</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>124</v>
+        <v>813</v>
       </c>
       <c r="D258" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E258" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F258" t="s">
-        <v>826</v>
+        <v>100</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>827</v>
+        <v>814</v>
       </c>
       <c r="H258" t="s">
-        <v>828</v>
+        <v>815</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>829</v>
+        <v>816</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="D259" t="s">
-        <v>756</v>
+        <v>574</v>
       </c>
       <c r="E259" t="s">
-        <v>757</v>
+        <v>575</v>
       </c>
       <c r="F259" t="s">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>830</v>
+        <v>817</v>
       </c>
       <c r="H259" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="D260" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E260" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F260" t="s">
-        <v>167</v>
+        <v>48</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>835</v>
+        <v>820</v>
       </c>
       <c r="H260" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>837</v>
+        <v>822</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>15</v>
+        <v>168</v>
       </c>
       <c r="D261" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E261" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F261" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="H261" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>840</v>
+        <v>825</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>19</v>
+        <v>573</v>
       </c>
       <c r="D262" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E262" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F262" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>841</v>
+        <v>826</v>
       </c>
       <c r="H262" t="s">
-        <v>842</v>
+        <v>827</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>843</v>
+        <v>828</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>24</v>
+        <v>578</v>
       </c>
       <c r="D263" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E263" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F263" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>844</v>
+        <v>829</v>
       </c>
       <c r="H263" t="s">
-        <v>845</v>
+        <v>830</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>846</v>
+        <v>831</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>29</v>
+        <v>581</v>
       </c>
       <c r="D264" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E264" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F264" t="s">
         <v>43</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>847</v>
+        <v>832</v>
       </c>
       <c r="H264" t="s">
-        <v>848</v>
+        <v>833</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>849</v>
+        <v>834</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>33</v>
+        <v>584</v>
       </c>
       <c r="D265" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E265" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F265" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>850</v>
+        <v>835</v>
       </c>
       <c r="H265" t="s">
-        <v>851</v>
+        <v>836</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>852</v>
+        <v>837</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>38</v>
+        <v>587</v>
       </c>
       <c r="D266" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E266" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F266" t="s">
-        <v>215</v>
+        <v>137</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>853</v>
+        <v>838</v>
       </c>
       <c r="H266" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>855</v>
+        <v>840</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>42</v>
+        <v>590</v>
       </c>
       <c r="D267" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E267" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F267" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>856</v>
+        <v>841</v>
       </c>
       <c r="H267" t="s">
-        <v>857</v>
+        <v>842</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>858</v>
+        <v>843</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>47</v>
+        <v>593</v>
       </c>
       <c r="D268" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E268" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F268" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="H268" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>52</v>
+        <v>352</v>
       </c>
       <c r="D269" t="s">
-        <v>833</v>
+        <v>574</v>
       </c>
       <c r="E269" t="s">
-        <v>834</v>
+        <v>575</v>
       </c>
       <c r="F269" t="s">
-        <v>167</v>
+        <v>221</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="H269" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>864</v>
+        <v>849</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>8</v>
+        <v>596</v>
       </c>
       <c r="D270" t="s">
-        <v>865</v>
+        <v>574</v>
       </c>
       <c r="E270" t="s">
-        <v>866</v>
+        <v>575</v>
       </c>
       <c r="F270" t="s">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>867</v>
+        <v>850</v>
       </c>
       <c r="H270" t="s">
-        <v>868</v>
+        <v>851</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>869</v>
+        <v>852</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>15</v>
+        <v>599</v>
       </c>
       <c r="D271" t="s">
-        <v>865</v>
+        <v>574</v>
       </c>
       <c r="E271" t="s">
-        <v>866</v>
+        <v>575</v>
       </c>
       <c r="F271" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>870</v>
+        <v>853</v>
       </c>
       <c r="H271" t="s">
-        <v>871</v>
+        <v>854</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>872</v>
+        <v>855</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>19</v>
+        <v>602</v>
       </c>
       <c r="D272" t="s">
-        <v>865</v>
+        <v>574</v>
       </c>
       <c r="E272" t="s">
-        <v>866</v>
+        <v>575</v>
       </c>
       <c r="F272" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>873</v>
+        <v>856</v>
       </c>
       <c r="H272" t="s">
-        <v>874</v>
+        <v>857</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>875</v>
+        <v>858</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>24</v>
+        <v>605</v>
       </c>
       <c r="D273" t="s">
-        <v>865</v>
+        <v>574</v>
       </c>
       <c r="E273" t="s">
-        <v>866</v>
+        <v>575</v>
       </c>
       <c r="F273" t="s">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>876</v>
+        <v>859</v>
       </c>
       <c r="H273" t="s">
-        <v>877</v>
+        <v>860</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>878</v>
+        <v>861</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D274" t="s">
-        <v>865</v>
+        <v>574</v>
       </c>
       <c r="E274" t="s">
-        <v>866</v>
+        <v>575</v>
       </c>
       <c r="F274" t="s">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>879</v>
+        <v>862</v>
       </c>
       <c r="H274" t="s">
-        <v>880</v>
+        <v>863</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>864</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>865</v>
+      </c>
+      <c r="D275" t="s">
+        <v>574</v>
+      </c>
+      <c r="E275" t="s">
+        <v>575</v>
+      </c>
+      <c r="F275" t="s">
+        <v>48</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H275" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>868</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>608</v>
+      </c>
+      <c r="D276" t="s">
+        <v>574</v>
+      </c>
+      <c r="E276" t="s">
+        <v>575</v>
+      </c>
+      <c r="F276" t="s">
+        <v>43</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H276" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>871</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>612</v>
+      </c>
+      <c r="D277" t="s">
+        <v>574</v>
+      </c>
+      <c r="E277" t="s">
+        <v>575</v>
+      </c>
+      <c r="F277" t="s">
+        <v>137</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H277" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>874</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>615</v>
+      </c>
+      <c r="D278" t="s">
+        <v>574</v>
+      </c>
+      <c r="E278" t="s">
+        <v>575</v>
+      </c>
+      <c r="F278" t="s">
+        <v>100</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H278" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>877</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>618</v>
+      </c>
+      <c r="D279" t="s">
+        <v>574</v>
+      </c>
+      <c r="E279" t="s">
+        <v>575</v>
+      </c>
+      <c r="F279" t="s">
+        <v>137</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H279" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>880</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>621</v>
+      </c>
+      <c r="D280" t="s">
+        <v>574</v>
+      </c>
+      <c r="E280" t="s">
+        <v>575</v>
+      </c>
+      <c r="F280" t="s">
+        <v>57</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="B275" t="s">
-[...2 lines deleted...]
-      <c r="C275" t="s">
+      <c r="H280" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>883</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>624</v>
+      </c>
+      <c r="D281" t="s">
+        <v>574</v>
+      </c>
+      <c r="E281" t="s">
+        <v>575</v>
+      </c>
+      <c r="F281" t="s">
+        <v>100</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H281" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>886</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>368</v>
+      </c>
+      <c r="D282" t="s">
+        <v>574</v>
+      </c>
+      <c r="E282" t="s">
+        <v>575</v>
+      </c>
+      <c r="F282" t="s">
+        <v>150</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H282" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>889</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>373</v>
+      </c>
+      <c r="D283" t="s">
+        <v>574</v>
+      </c>
+      <c r="E283" t="s">
+        <v>575</v>
+      </c>
+      <c r="F283" t="s">
+        <v>43</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H283" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>892</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>376</v>
+      </c>
+      <c r="D284" t="s">
+        <v>574</v>
+      </c>
+      <c r="E284" t="s">
+        <v>575</v>
+      </c>
+      <c r="F284" t="s">
+        <v>43</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="H284" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>895</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>379</v>
+      </c>
+      <c r="D285" t="s">
+        <v>574</v>
+      </c>
+      <c r="E285" t="s">
+        <v>575</v>
+      </c>
+      <c r="F285" t="s">
+        <v>137</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H285" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>898</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>627</v>
+      </c>
+      <c r="D286" t="s">
+        <v>574</v>
+      </c>
+      <c r="E286" t="s">
+        <v>575</v>
+      </c>
+      <c r="F286" t="s">
+        <v>57</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="H286" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>901</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>195</v>
+      </c>
+      <c r="D287" t="s">
+        <v>574</v>
+      </c>
+      <c r="E287" t="s">
+        <v>575</v>
+      </c>
+      <c r="F287" t="s">
+        <v>57</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H287" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>904</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>550</v>
+      </c>
+      <c r="D288" t="s">
+        <v>574</v>
+      </c>
+      <c r="E288" t="s">
+        <v>575</v>
+      </c>
+      <c r="F288" t="s">
+        <v>100</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="H288" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>907</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>554</v>
+      </c>
+      <c r="D289" t="s">
+        <v>574</v>
+      </c>
+      <c r="E289" t="s">
+        <v>575</v>
+      </c>
+      <c r="F289" t="s">
+        <v>34</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H289" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>910</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>556</v>
+      </c>
+      <c r="D290" t="s">
+        <v>574</v>
+      </c>
+      <c r="E290" t="s">
+        <v>575</v>
+      </c>
+      <c r="F290" t="s">
+        <v>57</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H290" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>913</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>558</v>
+      </c>
+      <c r="D291" t="s">
+        <v>574</v>
+      </c>
+      <c r="E291" t="s">
+        <v>575</v>
+      </c>
+      <c r="F291" t="s">
+        <v>137</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H291" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>916</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>630</v>
+      </c>
+      <c r="D292" t="s">
+        <v>574</v>
+      </c>
+      <c r="E292" t="s">
+        <v>575</v>
+      </c>
+      <c r="F292" t="s">
+        <v>150</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="H292" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>919</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>633</v>
+      </c>
+      <c r="D293" t="s">
+        <v>574</v>
+      </c>
+      <c r="E293" t="s">
+        <v>575</v>
+      </c>
+      <c r="F293" t="s">
+        <v>43</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H293" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>922</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>636</v>
+      </c>
+      <c r="D294" t="s">
+        <v>574</v>
+      </c>
+      <c r="E294" t="s">
+        <v>575</v>
+      </c>
+      <c r="F294" t="s">
+        <v>57</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H294" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>925</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>170</v>
+      </c>
+      <c r="D295" t="s">
+        <v>574</v>
+      </c>
+      <c r="E295" t="s">
+        <v>575</v>
+      </c>
+      <c r="F295" t="s">
+        <v>137</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H295" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>928</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>929</v>
+      </c>
+      <c r="D296" t="s">
+        <v>574</v>
+      </c>
+      <c r="E296" t="s">
+        <v>575</v>
+      </c>
+      <c r="F296" t="s">
+        <v>43</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H296" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>932</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>639</v>
+      </c>
+      <c r="D297" t="s">
+        <v>574</v>
+      </c>
+      <c r="E297" t="s">
+        <v>575</v>
+      </c>
+      <c r="F297" t="s">
+        <v>100</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H297" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>24</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" t="s">
+        <v>935</v>
+      </c>
+      <c r="E298" t="s">
+        <v>936</v>
+      </c>
+      <c r="F298" t="s">
+        <v>12</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H298" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>29</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>15</v>
+      </c>
+      <c r="D299" t="s">
+        <v>935</v>
+      </c>
+      <c r="E299" t="s">
+        <v>936</v>
+      </c>
+      <c r="F299" t="s">
+        <v>12</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="H299" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>38</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>19</v>
+      </c>
+      <c r="D300" t="s">
+        <v>935</v>
+      </c>
+      <c r="E300" t="s">
+        <v>936</v>
+      </c>
+      <c r="F300" t="s">
+        <v>12</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H300" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>42</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>24</v>
+      </c>
+      <c r="D301" t="s">
+        <v>935</v>
+      </c>
+      <c r="E301" t="s">
+        <v>936</v>
+      </c>
+      <c r="F301" t="s">
+        <v>12</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H301" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>56</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>29</v>
+      </c>
+      <c r="D302" t="s">
+        <v>935</v>
+      </c>
+      <c r="E302" t="s">
+        <v>936</v>
+      </c>
+      <c r="F302" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H302" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>61</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
         <v>33</v>
       </c>
-      <c r="D275" t="s">
+      <c r="D303" t="s">
+        <v>935</v>
+      </c>
+      <c r="E303" t="s">
+        <v>936</v>
+      </c>
+      <c r="F303" t="s">
+        <v>12</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H303" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>69</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>38</v>
+      </c>
+      <c r="D304" t="s">
+        <v>935</v>
+      </c>
+      <c r="E304" t="s">
+        <v>936</v>
+      </c>
+      <c r="F304" t="s">
+        <v>12</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H304" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>799</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>42</v>
+      </c>
+      <c r="D305" t="s">
+        <v>935</v>
+      </c>
+      <c r="E305" t="s">
+        <v>936</v>
+      </c>
+      <c r="F305" t="s">
+        <v>12</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="H305" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>806</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>47</v>
+      </c>
+      <c r="D306" t="s">
+        <v>935</v>
+      </c>
+      <c r="E306" t="s">
+        <v>936</v>
+      </c>
+      <c r="F306" t="s">
+        <v>12</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H306" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>813</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>52</v>
+      </c>
+      <c r="D307" t="s">
+        <v>935</v>
+      </c>
+      <c r="E307" t="s">
+        <v>936</v>
+      </c>
+      <c r="F307" t="s">
+        <v>12</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H307" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
         <v>865</v>
       </c>
-      <c r="E275" t="s">
-[...2 lines deleted...]
-      <c r="F275" t="s">
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>56</v>
+      </c>
+      <c r="D308" t="s">
+        <v>935</v>
+      </c>
+      <c r="E308" t="s">
+        <v>936</v>
+      </c>
+      <c r="F308" t="s">
+        <v>12</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H308" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>929</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>61</v>
+      </c>
+      <c r="D309" t="s">
+        <v>935</v>
+      </c>
+      <c r="E309" t="s">
+        <v>936</v>
+      </c>
+      <c r="F309" t="s">
+        <v>12</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="H309" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>961</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>65</v>
+      </c>
+      <c r="D310" t="s">
+        <v>935</v>
+      </c>
+      <c r="E310" t="s">
+        <v>936</v>
+      </c>
+      <c r="F310" t="s">
+        <v>12</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H310" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>964</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>69</v>
+      </c>
+      <c r="D311" t="s">
+        <v>935</v>
+      </c>
+      <c r="E311" t="s">
+        <v>936</v>
+      </c>
+      <c r="F311" t="s">
+        <v>12</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H311" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>967</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>73</v>
+      </c>
+      <c r="D312" t="s">
+        <v>935</v>
+      </c>
+      <c r="E312" t="s">
+        <v>936</v>
+      </c>
+      <c r="F312" t="s">
+        <v>12</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H312" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>970</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>77</v>
+      </c>
+      <c r="D313" t="s">
+        <v>935</v>
+      </c>
+      <c r="E313" t="s">
+        <v>936</v>
+      </c>
+      <c r="F313" t="s">
+        <v>12</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="H313" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>973</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>81</v>
+      </c>
+      <c r="D314" t="s">
+        <v>935</v>
+      </c>
+      <c r="E314" t="s">
+        <v>936</v>
+      </c>
+      <c r="F314" t="s">
+        <v>12</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H314" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>976</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>86</v>
+      </c>
+      <c r="D315" t="s">
+        <v>935</v>
+      </c>
+      <c r="E315" t="s">
+        <v>936</v>
+      </c>
+      <c r="F315" t="s">
+        <v>57</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H315" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>979</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>91</v>
+      </c>
+      <c r="D316" t="s">
+        <v>935</v>
+      </c>
+      <c r="E316" t="s">
+        <v>936</v>
+      </c>
+      <c r="F316" t="s">
+        <v>57</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H316" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>982</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>95</v>
+      </c>
+      <c r="D317" t="s">
+        <v>935</v>
+      </c>
+      <c r="E317" t="s">
+        <v>936</v>
+      </c>
+      <c r="F317" t="s">
+        <v>12</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H317" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>985</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>99</v>
+      </c>
+      <c r="D318" t="s">
+        <v>935</v>
+      </c>
+      <c r="E318" t="s">
+        <v>936</v>
+      </c>
+      <c r="F318" t="s">
+        <v>12</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H318" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>988</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>104</v>
+      </c>
+      <c r="D319" t="s">
+        <v>935</v>
+      </c>
+      <c r="E319" t="s">
+        <v>936</v>
+      </c>
+      <c r="F319" t="s">
+        <v>57</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H319" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>991</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>108</v>
+      </c>
+      <c r="D320" t="s">
+        <v>935</v>
+      </c>
+      <c r="E320" t="s">
+        <v>936</v>
+      </c>
+      <c r="F320" t="s">
+        <v>57</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H320" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>994</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>112</v>
+      </c>
+      <c r="D321" t="s">
+        <v>935</v>
+      </c>
+      <c r="E321" t="s">
+        <v>936</v>
+      </c>
+      <c r="F321" t="s">
+        <v>12</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H321" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>997</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>116</v>
+      </c>
+      <c r="D322" t="s">
+        <v>935</v>
+      </c>
+      <c r="E322" t="s">
+        <v>936</v>
+      </c>
+      <c r="F322" t="s">
+        <v>12</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H322" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>120</v>
+      </c>
+      <c r="D323" t="s">
+        <v>935</v>
+      </c>
+      <c r="E323" t="s">
+        <v>936</v>
+      </c>
+      <c r="F323" t="s">
+        <v>202</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>124</v>
+      </c>
+      <c r="D324" t="s">
+        <v>935</v>
+      </c>
+      <c r="E324" t="s">
+        <v>936</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>128</v>
+      </c>
+      <c r="D325" t="s">
+        <v>935</v>
+      </c>
+      <c r="E325" t="s">
+        <v>936</v>
+      </c>
+      <c r="F325" t="s">
+        <v>12</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>132</v>
+      </c>
+      <c r="D326" t="s">
+        <v>935</v>
+      </c>
+      <c r="E326" t="s">
+        <v>936</v>
+      </c>
+      <c r="F326" t="s">
+        <v>12</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>136</v>
+      </c>
+      <c r="D327" t="s">
+        <v>935</v>
+      </c>
+      <c r="E327" t="s">
+        <v>936</v>
+      </c>
+      <c r="F327" t="s">
+        <v>12</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>141</v>
+      </c>
+      <c r="D328" t="s">
+        <v>935</v>
+      </c>
+      <c r="E328" t="s">
+        <v>936</v>
+      </c>
+      <c r="F328" t="s">
+        <v>12</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>145</v>
+      </c>
+      <c r="D329" t="s">
+        <v>935</v>
+      </c>
+      <c r="E329" t="s">
+        <v>936</v>
+      </c>
+      <c r="F329" t="s">
+        <v>12</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>149</v>
+      </c>
+      <c r="D330" t="s">
+        <v>935</v>
+      </c>
+      <c r="E330" t="s">
+        <v>936</v>
+      </c>
+      <c r="F330" t="s">
+        <v>12</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>154</v>
+      </c>
+      <c r="D331" t="s">
+        <v>935</v>
+      </c>
+      <c r="E331" t="s">
+        <v>936</v>
+      </c>
+      <c r="F331" t="s">
+        <v>12</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>297</v>
+      </c>
+      <c r="D332" t="s">
+        <v>935</v>
+      </c>
+      <c r="E332" t="s">
+        <v>936</v>
+      </c>
+      <c r="F332" t="s">
+        <v>57</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F333" t="s">
+        <v>137</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>15</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F334" t="s">
+        <v>43</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>19</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F335" t="s">
+        <v>137</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>24</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F336" t="s">
+        <v>57</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>29</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F337" t="s">
+        <v>43</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>33</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F338" t="s">
         <v>100</v>
       </c>
-      <c r="G275" s="1" t="s">
-[...3 lines deleted...]
-        <v>883</v>
+      <c r="G338" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>38</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F339" t="s">
+        <v>150</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>42</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F340" t="s">
+        <v>137</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>47</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F341" t="s">
+        <v>87</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>52</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F342" t="s">
+        <v>137</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>56</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F343" t="s">
+        <v>137</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>61</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F344" t="s">
+        <v>57</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F345" t="s">
+        <v>137</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>15</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F346" t="s">
+        <v>100</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>19</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F347" t="s">
+        <v>137</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>24</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F348" t="s">
+        <v>137</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>29</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F349" t="s">
+        <v>137</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>33</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F350" t="s">
+        <v>100</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1088</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10463,50 +13028,125 @@
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>