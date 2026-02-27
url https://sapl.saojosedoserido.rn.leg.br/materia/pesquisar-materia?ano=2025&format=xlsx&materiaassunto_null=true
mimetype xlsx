--- v1 (2025-12-21)
+++ v2 (2026-02-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2800" uniqueCount="1089">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2840" uniqueCount="1105">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -481,50 +481,62 @@
     <t>904</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Jussiêne Dantas Pereira</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/904/033_-_plo_-_areninha_nomeia.pdf</t>
   </si>
   <si>
     <t>Denomina de "Areninha Esportiva Nayron Felipe Medeiros de Araújo" o equipamento público esportivo localizado ao lado do CEMEI, e dá outras providências.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/905/034_-_plo_-_cmdca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reformulação da Política da Promoção e dos Direitos da Criança e do Adolescente, do Gerenciamento e Atribuições do Conselho Municipal dos Direitos da Criança e do Adolescente e do Conselho Tutelar.</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/912/035_-_plo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reformulação da Política da Promoção e dos Direitos da Criança e do Adolescente, do gerenciamento e atribuições do Conselho Municipal dos Direitos da Criança e do Adolescente e do Conselho Tutelar e revoga a Lei Municipal n.º 581 de 16 de dezembro de 2025.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário-mínimo a vigorar a partir de 1º de janeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a definição dos valores de vencimentos de cargos públicos e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf</t>
   </si>
   <si>
     <t>Altera as alíquotas de contribuições previdenciárias devidas pelo Município ao Regime Próprio de Previdência Social – RPPS e dá outras providências.</t>
   </si>
@@ -906,53 +918,50 @@
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Anna Alice Tilde Araújo de Medeiros.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/849/033_-_pdl_-_concede_titulo_-_ubaldo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Ubaldo Fernandes da Silva.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/850/034_-_pdl_-_concede_titulo_-_alcineide.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã São-José-Seridoense à Senhora Alcineide Araújo da Silva Costa.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/851/035_-_pdl_-_concede_titulo_-_willgney.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Willgney Crisley da Silva Araújo.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/852/036_-_pdl_-_concede_titulo_-_thallyson.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão São-José-Seridoense ao Senhor Thallyson Augusto Medeiros Rocha.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/853/037_-_pdl_-_concede_titulo_-_natalia_bonavides.pdf</t>
@@ -2822,50 +2831,62 @@
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de bancos na Praça de Eventos Edilza Dias.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/901/116_-_francisco_sales.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que autorize os permissionários instalados em prédios públicos municipais a realizarem, por conta própria, as reformas e melhorias necessárias nos espaços que utilizam.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/910/117_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a reforma e pintura da Escola Municipal Raul de Medeiros Dantas.</t>
   </si>
   <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/916/118_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de postes de iluminação pública na Segunda Vila da Comunidade Caatinga Grande.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 001/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 002/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Decreto Legislativo n.º 001/2025</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf</t>
@@ -3110,50 +3131,59 @@
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/908/033_-_req_-_solicita_urgencia_na_aprovacao_de_plo_034.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 034/2025.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/909/034_-_req_-_solicita_urgencia_na_aprovacao_de_plc_012.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 012/2025.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/911/035_-_req_-_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Solicita à Administração Municipal informações mensais acerca dos valores arrecadados com a Contribuição para Custeio do Serviço de Iluminação Pública, repassados pela empresa responsável pela administração do consórcio, bem como a prestação de contas da aplicação desses recursos.</t>
   </si>
   <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/913/036_-_req_-_solicita_urgencia_na_aprovacao_de_plo_035.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 035/2025.</t>
+  </si>
+  <si>
     <t>207</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf</t>
   </si>
   <si>
     <t>Manifesta pesar pelo falecimento da Senhora Edite Araújo (Dona Edite), ocorrido no dia 08 de abril do corrente ano.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à organização da festa de Nossa Senhora de Fátima, na comunidade Badaruco, e ao pároco Pe. Joaquim, pelo êxito e relevância do evento religioso.</t>
   </si>
   <si>
     <t>715</t>
@@ -3222,50 +3252,68 @@
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à organização do Bicicross da Bonita, tradicional evento esportivo e cultural realizado anualmente no Dia das Crianças.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/836/011_-_joan_siderley_-_orquestra.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos à Orquestra Seridoense Potiguar, em reconhecimento à sua relevante contribuição cultural, social e educacional ao Município de São José do Seridó e à região do Seridó.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/891/012_-_joseni_santos_de_medeiros_-_mestre_jo.pdf</t>
   </si>
   <si>
     <t>Manifesta aplausos e reconhecimento ao senhor Josivan Alves Feitosa – Mestre Jó, pelos relevantes serviços prestados à cultura, à educação e ao desenvolvimento social através da Capoeira no município de São José do Seridó e em todo o Seridó Potiguar.</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/914/013_-_joan_siderley_-_maria.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos à Senhora Maria de Lourdes Silva, em reconhecimento à sua trajetória de vida, dedicação ao serviço público e relevantes serviços prestados à área da saúde no Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/915/014_-_joan_siderley_-_carlos_jorge.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos ao senhor Carlos Jorge, em reconhecimento aos relevantes serviços prestados à educação, à inovação tecnológica e à cultura a do Município de São José do Seridó.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>VTPSR</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf</t>
   </si>
   <si>
     <t>Manifesta pesar pelo falecimento da Senhora_x000D_
 Edite Araújo (Dona Edite), ocorrido no dia 08 de_x000D_
 abril do corrente ano.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf</t>
   </si>
   <si>
@@ -3631,56 +3679,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/1/001_-_plo_-_reajuste_de_salario_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/2/002_-_plo_-_reajuste_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/73/003_-_plo_-__institui_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/79/004_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/80/005_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/94/006_-_plo_-_semana_da_valorizacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/179/007_-_plo_-_institui_o_torneio_leiteiro_no_municipio_de_sao_jose_do_serido.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/476/008_-_plo_-_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/477/009_-_plo_-_prioridade_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_plo_-_renomeia_a_sede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/480/011_-_plo_-_saude_mental_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/688/012_-_plo_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_ordinaria_-_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/693/014_-_plo_-_autoriza_concurso_rev.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/713/015_-_plo_-_patrimonio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/746/016_-_plo_-_residuos_solidos_-_carimbado_-_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/747/017_-_plo_-_semana_de_concientizacao_autismo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/764/018_-_plo_-_nomeia_cavalgada_ernesto_macedo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/765/019_-_plo_-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/774/020_-_plo_-_denomina_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/775/021_-_plo_-__gratuidade_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/788/022_-_plo_-_minha_casa_minha_vida_sapl.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/790/023_-_plo_-_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/791/024_-_plo_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/808/025_-_plo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/822/026-_plo_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/823/027_-_plo_-_denomina_praca_na_treze_de_maio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/827/028_-_plo_-_projeto_de_lei_-_eficiencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/868/029_-_plo_-_incentivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/896/030_-_plo_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/897/031_-_plo_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/902/pdf24_merged_8.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/904/033_-_plo_-_areninha_nomeia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/905/034_-_plo_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/75/plc_004.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/81/plc_005.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/115/plc_006.2025_-_gapre_-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/478/plc_007.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/687/plc_008.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_complementar_-_modifica_cargas_horarias_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/792/plc_010.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/794/plc_011.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/906/plc_012.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/6/001_-_pdl_-_concede_afastamento_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/107/002_-_pdl_-_cencede_titulo_-_isaac_silvio_araujo..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/192/003_-_pdl_-_cencede_titulo_-_marcio_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/193/004_-_pdl_-_cencede_titulo_-_jose_ilton_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/201/005_-_pdl_-_cencede_titulo_-_antonio_de_medeiros_pereira_filho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/202/006_-_pdl_-_cencede_titulo_-_wagner_felipe_leao_azevedo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/203/007_-_pdl_-_cencede_titulo_-_janefran.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/381/008_-_pdl_-_cencede_titulo_-_adriana_araujo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/382/009_-_pdl_-_cencede_titulo_-_josivan_de_oliveira_lopes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/481/010_-_pdl_-_cencede_titulo_-_francisco_mauricio_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/483/011_-_pdl_-_cencede_titulo_-_geraldo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/484/012_-_pdl_-_cencede_titulo_-_willian.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/714/013_-_pdl_-_concede_titulo_-_geovana_lucena.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/733/014_-_pdl_-_concede_titulo_-_erinalva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/734/015_-_pdl_-_concede_titulo_-_manayra_monteiro_alves_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/735/016_-_pdl_-_concede_titulo_-_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/748/017_-_pdl_-_concede_titulo_-_maria_sueli_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/749/018_-_pdl_-_concede_titulo_-_moaci_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/750/019_-_pdl_-_concede_titulo_-_rafael_victor.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/751/020_-_pdl_-_concede_titulo_-_wellington.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/778/021_-_pdl_-_concede_titulo_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/784/022_-_pdl_-_concede_titulo_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/785/023_-_pdl_-_concede_titulo_-_alex_zanata.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/795/024_-_pdl_-_concede_titulo_-_leonardo_germano.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/796/025_-_pdl_-_concede_titulo_-_augusto_de_franca_maia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/797/026_-_pdl_-_concede_titulo_-_maria_aparecida_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/816/027_-_pdl_-_concede_titulo_-_joao_batista_de_souza.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/837/028_-_pdl_-_concede_titulo_-_ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/838/029_-_pdl_-_concede_titulo_-_general_girao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/846/030_-_pdl_-_concede_titulo_-_maria_jose_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/847/031_-_pdl_-_concede_titulo_-_jose_kledson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/848/032_-_pdl_-_concede_titulo_-_anna_alice.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/849/033_-_pdl_-_concede_titulo_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/850/034_-_pdl_-_concede_titulo_-_alcineide.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/851/035_-_pdl_-_concede_titulo_-_willgney.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/852/036_-_pdl_-_concede_titulo_-_thallyson.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/853/037_-_pdl_-_concede_titulo_-_natalia_bonavides.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/854/038_-_pdl_-_concede_titulo_-_ana_santana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/855/039_-_pdl_-_concede_titulo_-_cynthia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/856/040_-_pdl_-_concede_titulo_-_salma.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/857/041_-_pdl_-_concede_titulo_-_marcelo_smith.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/858/042_-_pdl_-_concede_titulo_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/859/043_-_pdl_-_concede_titulo_-_francisco_de_sales_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/860/044_-_pdl_-_concede_titulo_-_kaliane.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/861/045_-_pdl_-_concede_titulo_-_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/894/046_-_pdl_-_concede_titulo_-_welligton.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/3/001_-_pres_-_altera_o_recesso_legislativo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/77/002_-_pres_-_altera_dia_das_sessoes_legislativas_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/89/003_-_pres_-_suprimento_de_fundos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/732/004_-_pres_-_altera_dia_das_sessoes_legislativas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/763/005_-_pres_-_regimento_interno_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/892/006_-_pres_-_altera_o_qdd.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/807/vet_001.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/102/parecer_01_ljrf_-_plc_05.2025_-_venc._ass_e_eng.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/103/parecer_02_ljrf_-_pl0_04.2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/104/parecer_03_ljrf_-_pl0_05.2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/105/parecer_04_ljrf_-_pres_003.2025_-_suprimento_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/187/parecer_05_ljrf_-_decreto_002.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/351/parecer_06_ljrf_-_decreto_003.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/352/parecer_07_ljrf_-_decreto_004.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/353/parecer_08_ljrf_-_decreto_005.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/354/parecer_09_ljrf_-_decreto_006.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/355/parecer_10_ljrf_-_decreto_007.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_11_ljrf_-_decreto_008.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_12_ljrf_-_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/674/parecer_13_ljrf_-_projeto_l0_008.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/675/parecer_14_ljrf_-_projeto_l0_009.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/676/parecer_15_ljrf_-_projeto_l0_010.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/677/parecer_16_ljrf_-_projeto_l0_011.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/678/parecer_17_ljrf_-_decreto_010.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/679/parecer_18_ljrf_-_decreto_011.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/680/parecer_19_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/697/parecer_20_ljrf_-_projeto_l0_012.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/698/parecer_21_ljrf_-_projeto_l0_013.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/722/parecer_22_ljrf_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/721/parecer_23_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_24_ljrf_-_decreto_014.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_25_ljrf_-_decreto_015.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/745/parecer_26_ljrf_-_decreto_016.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/755/parecer_27_ljrf_-_projeto_lo_016.2025_-_taxa_de_residuos.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/756/parecer_28_ljrf_-_projeto_lo_017.2025_-_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/757/parecer_29_ljrf_-_decreto_017.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/758/parecer_30_ljrf_-_decreto_018.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/759/parecer_31_ljrf_-_decreto_019.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/760/parecer_32_ljrf_-_decreto_020.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_33_ljrf_-_projeto_lo_018.2025_-_nomeia_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_34_ljrf_-_projeto_lo_019.2025_-_torna_cavalgada_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_35_ljrf_-_projeto_res_005.2025_-_ri_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/779/parecer_36_ljrf_-_projeto_lo_020.2025_-_nomeia_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_37_ljrf_-_decreto_021.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/799/parecer_38_ljrf_-_decreto_022.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/800/parecer_39_ljrf_-_decreto_023.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/809/parecer_40_ljrf_-_projeto_lc_011.2025_-_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/810/parecer_41_ljrf_-_decreto_024.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/811/parecer_42_ljrf_-_decreto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/812/parecer_43_ljrf_-_decreto_026.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/819/parecer_44_ljrf_-_decreto_027.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/824/parecer_45_ljrf_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/825/parecer_46_ljrf_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/826/parecer_47_ljrf_-_projeto_lo_026.2025_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_48_ljrf_-_projeto_lo_025.2025_-_gratuidade_tea.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/835/parecer_49_ljrf_-_projeto_lo_027.2025_-_renomeia_praca.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/862/parecer_50_ljrf_-_decreto_028.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/864/parecer_51_ljrf_-_decreto_029.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/872/parecer_52_ljrf_-_decreto_030.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_53_ljrf_-_decreto_031.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_54_ljrf_-_decreto_032.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_55_ljrf_-_decreto_033.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_56_ljrf_-_decreto_034.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_57_ljrf_-_decreto_035.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_58_ljrf_-_decreto_036.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_59_ljrf_-_decreto_037.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_60_ljrf_-_decreto_038.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_61_ljrf_-_decreto_039.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_62_ljrf_-_decreto_040.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_63_ljrf_-_decreto_041.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_64_ljrf_-_decreto_042.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_65_ljrf_-_decreto_043.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_66_ljrf_-_decreto_044.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_67_ljrf_-_decreto_045.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/898/parecer_68_ljrf_-_projeto_lo_030.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/899/parecer_69_ljrf_-_projeto_lo_031.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_70_ljrf_-_projeto_lo_033.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/108/parecer_01_fo_-_projeto_lc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/109/parecer_02_fo_-_projeto_l0_04.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/110/parecer_03_fo_-_projeto_lo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/111/parecer_04_fo_-_projeto_res._003.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/699/parecer_05_fo_-_projeto_l0_12.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/700/parecer_06_fo_-_projeto_l0_13.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/723/parecer_07_fo_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/766/parecer_08_fo_-_projeto_lo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_09_fo_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/829/parecer_10_fo_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/82/001_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/83/002_-_joan.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/84/003_-_joan.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/85/004_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/86/005_-_andre.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/87/006_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/88/007_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/90/008_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/91/009_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/92/010_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/93/011_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/96/012_-_jussiene_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/97/013_-_joan.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/98/014_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/99/015_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/100/016_-_andre.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/101/017_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/106/018_-_joan.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/112/019_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/113/020_-_andre.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/114/021_-_joan.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/117/022_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/180/023_-_joan.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/182/024_-_joan.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/183/025_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/184/026_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/185/027_-_andre.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/186/028_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/188/029_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/189/030_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/190/031_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/191/032_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/194/033_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/195/034_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/196/035_-_joan.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/197/036_-_andre.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/198/037_-_joan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/199/038_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/200/039_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/356/040_-_andre.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/357/041_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/358/042_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/359/043_-_joan.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/360/044_-_joan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/383/045_-_andre.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/384/046_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/407/047_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/408/048_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/409/049_-_andre.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/681/050_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/682/051_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/683/052_-_joan.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/684/053_-_joan.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/685/054_-_andre.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/686/055_-_andre.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/692/056_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/702/057_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/703/058_-_andre.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/704/059_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/705/060_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/707/061_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/708/062_-_clayton_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/709/063_-_joan.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/710/064_-_joan.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/711/065_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/712/066_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/716/067_-_joan.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/717/068_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/718/069_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/719/070_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/720/071_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/725/072_-_joan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/728/073_-_joan.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/729/074_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/730/075_-_andre.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/731/076_-_andre_.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/737/077_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/738/078_-_andre.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/739/079_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/740/080_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/741/081_-_joan.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/742/082_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/753/083_-_andre.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/754/084_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/761/085_-_joan.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/762/086_-_joan.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/772/087_-_joan.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/773/088_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/780/089_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/787/090_-_andre.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/804/091_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/805/092_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/806/093_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/813/094_-_joan.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/814/095_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/815/096_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/820/097_-_joan.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/821/098_-_andre.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/831/099_-_joan.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/832/100_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/833/101_-_andre.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/840/102_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/841/103_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/842/104_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/843/105_-_joan.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/844/106_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/845/107_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/865/108_-_andre.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/866/109_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/867/110_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/870/111_-_joan.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/888/112_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/889/113_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/890/114_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/900/115_-_joan.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/901/116_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/910/117_-_andre.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/11/005_-_req_-_solicita_urgencia_na_aprovacao_do_plc_001.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/12/006_-_req_-_solicita_urgencia_na_aprovacao_do_plc_002.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/14/007_-_req_-_solicita_urgencia_na_aprovacao_do_plc_003.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/74/008_-_req_-_solicita_urgencia_na_aprovacao_do_plo_003_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/76/009_-_req_-_solicita_urgencia_na_aprovacao_do_plc_004_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/78/010_-_req_-_solicita_urgencia_na_aprovacao_do_pres_002_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/95/011_-_req_-_solicita_urgencia_na_aprovacao_de_plo_006.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/116/012_-_req_-_solicita_urgencia_na_aprovacao_de_plc_006.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/181/013_-_req_-_solicita_urgencia_na_aprovacao_de_plo_007.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/482/014_-_req_-_solicita_urgencia_na_aprovacao_de_plc_007.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/689/015_-_req_-_solicita_urgencia_na_aprovacao_de_plc_008.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/694/016_-_req_-_solicita_urgencia_na_aprovacao_de_plo_014.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/695/017_-_req_-_solicita_urgencia_na_aprovacao_de_plc_009.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/701/018_-_req_-_solicita_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/726/019_-_req_-_solicita_plo_recursos_hidricos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/736/020_-_req_-_solicita_urgencia_na_aprovacao_de_pres_004.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/777/021_-_req_-_solicita_urgencia_na_aprovacao_de_plo_021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/781/022_-_req_-_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/782/023_-_req_-_licitacao_fardamento.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/789/024_-_req_-_solicita_urgencia_na_aprovacao_de_plo_022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/793/025_-_req_-_solicita_urgencia_na_aprovacao_de_plc_010.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/801/026_-_req_-_requerimento_viagens_onibus.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/818/027_-_req_-_requerimento_maquinas_manutencao.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/830/028_-_req_-_solicita_urgencia_na_aprovacao_de_plo_028.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/869/029_-_req_-_solicita_urgencia_na_aprovacao_de_plo_029.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/893/030_-_req_-_solicita_urgencia_na_aprovacao_de_pres_006.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/895/031_-_req_-_solicita_urgencia_na_aprovacao_de_pdl_046.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/903/032_-_req_-_solicita_urgencia_na_aprovacao_de_plo_032.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/908/033_-_req_-_solicita_urgencia_na_aprovacao_de_plo_034.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/909/034_-_req_-_solicita_urgencia_na_aprovacao_de_plc_012.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/911/035_-_req_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/715/003_-_joan_siderley_-_quadrilhas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/752/004_-_joseni_santos_de_medeiros_-_pereguinos_de_santana.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/771/005_-_francisco_sales_-_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_andre_-_padre_joaquim.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/783/007_-_jussiene_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/802/008_-_joan_siderley_-_festa_do_padroeiro.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/803/009_-_joseni_santos_de_medeiros_-_aposentaria_de_dede_de_bado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/836/011_-_joan_siderley_-_orquestra.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/891/012_-_joseni_santos_de_medeiros_-_mestre_jo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_joan_siderley_bernardino_-_voto_de_pesar_cocota.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/724/004_-_joan_siderley_bernardino_-_voto_de_pesar_paulino.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/727/005_-_joan_siderley_bernardino_-_voto_de_pesar_alexia.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/798/006_-__andre_-_voto_de_pesar_novinha.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/1/001_-_plo_-_reajuste_de_salario_-_efetivos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/2/002_-_plo_-_reajuste_auxilio-alimentacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/73/003_-_plo_-__institui_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/79/004_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/80/005_-_plo_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/94/006_-_plo_-_semana_da_valorizacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/179/007_-_plo_-_institui_o_torneio_leiteiro_no_municipio_de_sao_jose_do_serido.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/476/008_-_plo_-_hino_nacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/477/009_-_plo_-_prioridade_diabeticos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/479/010_-_plo_-_renomeia_a_sede.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/480/011_-_plo_-_saude_mental_na_escola.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/688/012_-_plo_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_ordinaria_-_protecao_animal.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/693/014_-_plo_-_autoriza_concurso_rev.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/713/015_-_plo_-_patrimonio_-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/746/016_-_plo_-_residuos_solidos_-_carimbado_-_2.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/747/017_-_plo_-_semana_de_concientizacao_autismo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/764/018_-_plo_-_nomeia_cavalgada_ernesto_macedo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/765/019_-_plo_-_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/774/020_-_plo_-_denomina_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/775/021_-_plo_-__gratuidade_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/788/022_-_plo_-_minha_casa_minha_vida_sapl.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/790/023_-_plo_-_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/791/024_-_plo_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/808/025_-_plo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/822/026-_plo_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/823/027_-_plo_-_denomina_praca_na_treze_de_maio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/827/028_-_plo_-_projeto_de_lei_-_eficiencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/868/029_-_plo_-_incentivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/896/030_-_plo_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/897/031_-_plo_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/902/pdf24_merged_8.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/904/033_-_plo_-_areninha_nomeia.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/905/034_-_plo_-_cmdca.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/912/035_-_plo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/9/plc_001.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/10/plc_002.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/13/plc_003.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/75/plc_004.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/81/plc_005.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/115/plc_006.2025_-_gapre_-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/478/plc_007.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/687/plc_008.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_complementar_-_modifica_cargas_horarias_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/792/plc_010.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/794/plc_011.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/906/plc_012.2025_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/6/001_-_pdl_-_concede_afastamento_ao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/107/002_-_pdl_-_cencede_titulo_-_isaac_silvio_araujo..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/192/003_-_pdl_-_cencede_titulo_-_marcio_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/193/004_-_pdl_-_cencede_titulo_-_jose_ilton_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/201/005_-_pdl_-_cencede_titulo_-_antonio_de_medeiros_pereira_filho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/202/006_-_pdl_-_cencede_titulo_-_wagner_felipe_leao_azevedo_da_costa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/203/007_-_pdl_-_cencede_titulo_-_janefran.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/381/008_-_pdl_-_cencede_titulo_-_adriana_araujo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/382/009_-_pdl_-_cencede_titulo_-_josivan_de_oliveira_lopes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/481/010_-_pdl_-_cencede_titulo_-_francisco_mauricio_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/483/011_-_pdl_-_cencede_titulo_-_geraldo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/484/012_-_pdl_-_cencede_titulo_-_willian.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/714/013_-_pdl_-_concede_titulo_-_geovana_lucena.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/733/014_-_pdl_-_concede_titulo_-_erinalva.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/734/015_-_pdl_-_concede_titulo_-_manayra_monteiro_alves_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/735/016_-_pdl_-_concede_titulo_-_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/748/017_-_pdl_-_concede_titulo_-_maria_sueli_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/749/018_-_pdl_-_concede_titulo_-_moaci_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/750/019_-_pdl_-_concede_titulo_-_rafael_victor.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/751/020_-_pdl_-_concede_titulo_-_wellington.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/778/021_-_pdl_-_concede_titulo_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/784/022_-_pdl_-_concede_titulo_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/785/023_-_pdl_-_concede_titulo_-_alex_zanata.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/795/024_-_pdl_-_concede_titulo_-_leonardo_germano.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/796/025_-_pdl_-_concede_titulo_-_augusto_de_franca_maia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/797/026_-_pdl_-_concede_titulo_-_maria_aparecida_da_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/816/027_-_pdl_-_concede_titulo_-_joao_batista_de_souza.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/837/028_-_pdl_-_concede_titulo_-_ana_lucia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/838/029_-_pdl_-_concede_titulo_-_general_girao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/846/030_-_pdl_-_concede_titulo_-_maria_jose_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/847/031_-_pdl_-_concede_titulo_-_jose_kledson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/848/032_-_pdl_-_concede_titulo_-_anna_alice.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/849/033_-_pdl_-_concede_titulo_-_ubaldo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/850/034_-_pdl_-_concede_titulo_-_alcineide.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/851/035_-_pdl_-_concede_titulo_-_willgney.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/852/036_-_pdl_-_concede_titulo_-_thallyson.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/853/037_-_pdl_-_concede_titulo_-_natalia_bonavides.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/854/038_-_pdl_-_concede_titulo_-_ana_santana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/855/039_-_pdl_-_concede_titulo_-_cynthia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/856/040_-_pdl_-_concede_titulo_-_salma.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/857/041_-_pdl_-_concede_titulo_-_marcelo_smith.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/858/042_-_pdl_-_concede_titulo_-_carlos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/859/043_-_pdl_-_concede_titulo_-_francisco_de_sales_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/860/044_-_pdl_-_concede_titulo_-_kaliane.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/861/045_-_pdl_-_concede_titulo_-_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/894/046_-_pdl_-_concede_titulo_-_welligton.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/3/001_-_pres_-_altera_o_recesso_legislativo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/77/002_-_pres_-_altera_dia_das_sessoes_legislativas_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/89/003_-_pres_-_suprimento_de_fundos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/732/004_-_pres_-_altera_dia_das_sessoes_legislativas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/763/005_-_pres_-_regimento_interno_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/892/006_-_pres_-_altera_o_qdd.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/807/vet_001.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/102/parecer_01_ljrf_-_plc_05.2025_-_venc._ass_e_eng.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/103/parecer_02_ljrf_-_pl0_04.2025_-_criacao_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/104/parecer_03_ljrf_-_pl0_05.2025_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/105/parecer_04_ljrf_-_pres_003.2025_-_suprimento_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/187/parecer_05_ljrf_-_decreto_002.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/351/parecer_06_ljrf_-_decreto_003.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/352/parecer_07_ljrf_-_decreto_004.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/353/parecer_08_ljrf_-_decreto_005.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/354/parecer_09_ljrf_-_decreto_006.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/355/parecer_10_ljrf_-_decreto_007.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_11_ljrf_-_decreto_008.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_12_ljrf_-_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/674/parecer_13_ljrf_-_projeto_l0_008.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/675/parecer_14_ljrf_-_projeto_l0_009.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/676/parecer_15_ljrf_-_projeto_l0_010.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/677/parecer_16_ljrf_-_projeto_l0_011.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/678/parecer_17_ljrf_-_decreto_010.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/679/parecer_18_ljrf_-_decreto_011.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/680/parecer_19_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/697/parecer_20_ljrf_-_projeto_l0_012.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/698/parecer_21_ljrf_-_projeto_l0_013.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/722/parecer_22_ljrf_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/721/parecer_23_ljrf_-_decreto_012.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_24_ljrf_-_decreto_014.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_25_ljrf_-_decreto_015.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/745/parecer_26_ljrf_-_decreto_016.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/755/parecer_27_ljrf_-_projeto_lo_016.2025_-_taxa_de_residuos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/756/parecer_28_ljrf_-_projeto_lo_017.2025_-_semana_azul.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/757/parecer_29_ljrf_-_decreto_017.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/758/parecer_30_ljrf_-_decreto_018.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/759/parecer_31_ljrf_-_decreto_019.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/760/parecer_32_ljrf_-_decreto_020.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/768/parecer_33_ljrf_-_projeto_lo_018.2025_-_nomeia_cavalgada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/769/parecer_34_ljrf_-_projeto_lo_019.2025_-_torna_cavalgada_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/770/parecer_35_ljrf_-_projeto_res_005.2025_-_ri_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/779/parecer_36_ljrf_-_projeto_lo_020.2025_-_nomeia_alameda_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_37_ljrf_-_decreto_021.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/799/parecer_38_ljrf_-_decreto_022.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/800/parecer_39_ljrf_-_decreto_023.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/809/parecer_40_ljrf_-_projeto_lc_011.2025_-_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/810/parecer_41_ljrf_-_decreto_024.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/811/parecer_42_ljrf_-_decreto_025.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/812/parecer_43_ljrf_-_decreto_026.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/819/parecer_44_ljrf_-_decreto_027.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/824/parecer_45_ljrf_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/825/parecer_46_ljrf_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/826/parecer_47_ljrf_-_projeto_lo_026.2025_-_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_48_ljrf_-_projeto_lo_025.2025_-_gratuidade_tea.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/835/parecer_49_ljrf_-_projeto_lo_027.2025_-_renomeia_praca.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/862/parecer_50_ljrf_-_decreto_028.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/864/parecer_51_ljrf_-_decreto_029.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/872/parecer_52_ljrf_-_decreto_030.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_53_ljrf_-_decreto_031.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_54_ljrf_-_decreto_032.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_55_ljrf_-_decreto_033.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_56_ljrf_-_decreto_034.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_57_ljrf_-_decreto_035.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_58_ljrf_-_decreto_036.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_59_ljrf_-_decreto_037.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_60_ljrf_-_decreto_038.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_61_ljrf_-_decreto_039.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_62_ljrf_-_decreto_040.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_63_ljrf_-_decreto_041.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_64_ljrf_-_decreto_042.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/885/parecer_65_ljrf_-_decreto_043.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/886/parecer_66_ljrf_-_decreto_044.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/887/parecer_67_ljrf_-_decreto_045.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/898/parecer_68_ljrf_-_projeto_lo_030.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/899/parecer_69_ljrf_-_projeto_lo_031.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/907/parecer_70_ljrf_-_projeto_lo_033.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/108/parecer_01_fo_-_projeto_lc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/109/parecer_02_fo_-_projeto_l0_04.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/110/parecer_03_fo_-_projeto_lo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/111/parecer_04_fo_-_projeto_res._003.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/699/parecer_05_fo_-_projeto_l0_12.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/700/parecer_06_fo_-_projeto_l0_13.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/723/parecer_07_fo_-_projeto_l0_015.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/766/parecer_08_fo_-_projeto_lo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_09_fo_-_projeto_lo_023.2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/829/parecer_10_fo_-_projeto_lo_024.2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/82/001_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/83/002_-_joan.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/84/003_-_joan.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/85/004_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/86/005_-_andre.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/87/006_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/88/007_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/90/008_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/91/009_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/92/010_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/93/011_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/96/012_-_jussiene_e_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/97/013_-_joan.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/98/014_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/99/015_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/100/016_-_andre.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/101/017_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/106/018_-_joan.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/112/019_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/113/020_-_andre.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/114/021_-_joan.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/117/022_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/180/023_-_joan.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/182/024_-_joan.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/183/025_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/184/026_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/185/027_-_andre.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/186/028_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/188/029_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/189/030_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/190/031_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/191/032_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/194/033_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/195/034_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/196/035_-_joan.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/197/036_-_andre.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/198/037_-_joan.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/199/038_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/200/039_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/356/040_-_andre.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/357/041_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/358/042_-_maria_isabel.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/359/043_-_joan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/360/044_-_joan.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/383/045_-_andre.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/384/046_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/407/047_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/408/048_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/409/049_-_andre.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/681/050_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/682/051_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/683/052_-_joan.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/684/053_-_joan.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/685/054_-_andre.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/686/055_-_andre.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/692/056_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/702/057_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/703/058_-_andre.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/704/059_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/705/060_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/707/061_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/708/062_-_clayton_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/709/063_-_joan.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/710/064_-_joan.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/711/065_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/712/066_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/716/067_-_joan.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/717/068_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/718/069_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/719/070_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/720/071_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/725/072_-_joan.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/728/073_-_joan.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/729/074_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/730/075_-_andre.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/731/076_-_andre_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/737/077_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/738/078_-_andre.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/739/079_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/740/080_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/741/081_-_joan.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/742/082_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/753/083_-_andre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/754/084_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/761/085_-_joan.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/762/086_-_joan.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/772/087_-_joan.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/773/088_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/780/089_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/787/090_-_andre.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/804/091_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/805/092_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/806/093_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/813/094_-_joan.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/814/095_-_clayton.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/815/096_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/820/097_-_joan.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/821/098_-_andre.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/831/099_-_joan.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/832/100_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/833/101_-_andre.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/840/102_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/841/103_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/842/104_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/843/105_-_joan.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/844/106_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/845/107_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/865/108_-_andre.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/866/109_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/867/110_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/870/111_-_joan.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/888/112_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/889/113_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/890/114_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/900/115_-_joan.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/901/116_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/910/117_-_andre.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/916/118_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/4/001_-_req_-_solicita_urgencia_na_aprovacao_do_plo_001.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/5/002_-_req_-_solicita_urgencia_na_aprovacao_do_plo_002.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/7/003_-_req_-_solicita_urgencia_na_aprovacao_do_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/8/004_-_req_-_solicita_urgencia_na_aprovacao_do_pres_001.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/11/005_-_req_-_solicita_urgencia_na_aprovacao_do_plc_001.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/12/006_-_req_-_solicita_urgencia_na_aprovacao_do_plc_002.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/14/007_-_req_-_solicita_urgencia_na_aprovacao_do_plc_003.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/74/008_-_req_-_solicita_urgencia_na_aprovacao_do_plo_003_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/76/009_-_req_-_solicita_urgencia_na_aprovacao_do_plc_004_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/78/010_-_req_-_solicita_urgencia_na_aprovacao_do_pres_002_-_carimbado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/95/011_-_req_-_solicita_urgencia_na_aprovacao_de_plo_006.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/116/012_-_req_-_solicita_urgencia_na_aprovacao_de_plc_006.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/181/013_-_req_-_solicita_urgencia_na_aprovacao_de_plo_007.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/482/014_-_req_-_solicita_urgencia_na_aprovacao_de_plc_007.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/689/015_-_req_-_solicita_urgencia_na_aprovacao_de_plc_008.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/694/016_-_req_-_solicita_urgencia_na_aprovacao_de_plo_014.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/695/017_-_req_-_solicita_urgencia_na_aprovacao_de_plc_009.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/701/018_-_req_-_solicita_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/726/019_-_req_-_solicita_plo_recursos_hidricos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/736/020_-_req_-_solicita_urgencia_na_aprovacao_de_pres_004.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/777/021_-_req_-_solicita_urgencia_na_aprovacao_de_plo_021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/781/022_-_req_-_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/782/023_-_req_-_licitacao_fardamento.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/789/024_-_req_-_solicita_urgencia_na_aprovacao_de_plo_022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/793/025_-_req_-_solicita_urgencia_na_aprovacao_de_plc_010.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/801/026_-_req_-_requerimento_viagens_onibus.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/818/027_-_req_-_requerimento_maquinas_manutencao.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/830/028_-_req_-_solicita_urgencia_na_aprovacao_de_plo_028.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/869/029_-_req_-_solicita_urgencia_na_aprovacao_de_plo_029.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/893/030_-_req_-_solicita_urgencia_na_aprovacao_de_pres_006.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/895/031_-_req_-_solicita_urgencia_na_aprovacao_de_pdl_046.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/903/032_-_req_-_solicita_urgencia_na_aprovacao_de_plo_032.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/908/033_-_req_-_solicita_urgencia_na_aprovacao_de_plo_034.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/909/034_-_req_-_solicita_urgencia_na_aprovacao_de_plc_012.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/911/035_-_req_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/913/036_-_req_-_solicita_urgencia_na_aprovacao_de_plo_035.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/207/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/696/002_-_francisco_sales_-_festa_do_badaruco.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/715/003_-_joan_siderley_-_quadrilhas.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/752/004_-_joseni_santos_de_medeiros_-_pereguinos_de_santana.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/771/005_-_francisco_sales_-_filarmonica.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/776/006_-_andre_-_padre_joaquim.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/783/007_-_jussiene_-_maria_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/802/008_-_joan_siderley_-_festa_do_padroeiro.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/803/009_-_joseni_santos_de_medeiros_-_aposentaria_de_dede_de_bado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/817/010_-_joan_siderley_-_bicicross.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/836/011_-_joan_siderley_-_orquestra.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/891/012_-_joseni_santos_de_medeiros_-_mestre_jo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/914/013_-_joan_siderley_-_maria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/915/014_-_joan_siderley_-_carlos_jorge.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/485/001_-_joan_siderley_bernardino_-_voto_de_pesar_edite_araujo_2.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/486/002_-__andre_-_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/706/003_-_joan_siderley_bernardino_-_voto_de_pesar_cocota.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/724/004_-_joan_siderley_bernardino_-_voto_de_pesar_paulino.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/727/005_-_joan_siderley_bernardino_-_voto_de_pesar_alexia.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2025/798/006_-__andre_-_voto_de_pesar_novinha.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H350"/>
+  <dimension ref="A1:H355"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="151.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4564,8236 +4612,8366 @@
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" t="s">
         <v>25</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H35" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>8</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>157</v>
+        <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H36" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D37" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E37" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E38" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F38" t="s">
         <v>25</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H38" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D39" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E39" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D40" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E40" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H40" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D41" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E41" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D42" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E42" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H42" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D43" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E43" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F43" t="s">
         <v>25</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H43" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D44" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
         <v>25</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D45" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E45" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H45" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D46" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F46" t="s">
         <v>25</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D47" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E47" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
         <v>25</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="D48" t="s">
-        <v>191</v>
+        <v>161</v>
       </c>
       <c r="E48" t="s">
-        <v>192</v>
+        <v>162</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H48" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" t="s">
         <v>195</v>
       </c>
-      <c r="B49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F49" t="s">
-        <v>137</v>
+        <v>34</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H49" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D50" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E50" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F50" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D51" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E51" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F51" t="s">
-        <v>202</v>
+        <v>100</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H51" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D52" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E52" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F52" t="s">
-        <v>34</v>
+        <v>206</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D53" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E53" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D54" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E54" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H54" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D55" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E55" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H55" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D56" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E56" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D57" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E57" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F57" t="s">
-        <v>221</v>
+        <v>43</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H57" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D58" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E58" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F58" t="s">
-        <v>137</v>
+        <v>225</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H58" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D59" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E59" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F59" t="s">
         <v>137</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H59" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D60" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E60" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H60" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D61" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E61" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F61" t="s">
-        <v>202</v>
+        <v>100</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H61" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D62" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E62" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F62" t="s">
-        <v>57</v>
+        <v>206</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H62" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D63" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E63" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F63" t="s">
         <v>57</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H63" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D64" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E64" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F64" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H64" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E65" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F65" t="s">
         <v>150</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H65" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D66" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E66" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F66" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E67" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F67" t="s">
-        <v>202</v>
+        <v>137</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H67" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E68" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F68" t="s">
-        <v>150</v>
+        <v>206</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H68" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D69" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E69" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F69" t="s">
         <v>150</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H69" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D70" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E70" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F70" t="s">
         <v>150</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H70" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D71" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E71" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F71" t="s">
-        <v>57</v>
+        <v>150</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H71" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D72" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E72" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F72" t="s">
         <v>57</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H72" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D73" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E73" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F73" t="s">
         <v>57</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H73" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D74" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E74" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F74" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H74" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D75" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E75" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F75" t="s">
-        <v>202</v>
+        <v>137</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H75" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D76" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E76" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F76" t="s">
-        <v>221</v>
+        <v>206</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H76" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D77" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E77" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F77" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H77" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D78" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E78" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F78" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H78" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D79" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E79" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F79" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H79" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D80" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E80" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F80" t="s">
         <v>100</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H80" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D81" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E81" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F81" t="s">
         <v>100</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H81" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>297</v>
+        <v>154</v>
       </c>
       <c r="D82" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E82" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F82" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>298</v>
       </c>
       <c r="H82" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>300</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>301</v>
+        <v>158</v>
       </c>
       <c r="D83" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E83" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F83" t="s">
         <v>34</v>
       </c>
       <c r="G83" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H83" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>303</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>304</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>195</v>
+      </c>
+      <c r="E84" t="s">
+        <v>196</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>307</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>308</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>195</v>
+      </c>
+      <c r="E85" t="s">
+        <v>196</v>
+      </c>
+      <c r="F85" t="s">
+        <v>137</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>311</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>312</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E86" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F86" t="s">
         <v>48</v>
       </c>
       <c r="G86" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H86" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>315</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>316</v>
       </c>
-      <c r="B87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E87" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F87" t="s">
         <v>48</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H87" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>319</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>320</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>195</v>
+      </c>
+      <c r="E88" t="s">
+        <v>196</v>
+      </c>
+      <c r="F88" t="s">
+        <v>48</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>323</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>324</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>195</v>
+      </c>
+      <c r="E89" t="s">
+        <v>196</v>
+      </c>
+      <c r="F89" t="s">
+        <v>206</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D89" t="s">
-[...5 lines deleted...]
-      <c r="F89" t="s">
+      <c r="H89" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>327</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>328</v>
+      </c>
+      <c r="D90" t="s">
+        <v>195</v>
+      </c>
+      <c r="E90" t="s">
+        <v>196</v>
+      </c>
+      <c r="F90" t="s">
         <v>329</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="G90" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>332</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>333</v>
       </c>
-      <c r="B91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E91" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F91" t="s">
         <v>43</v>
       </c>
       <c r="G91" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H91" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>336</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>337</v>
       </c>
-      <c r="B92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E92" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F92" t="s">
         <v>43</v>
       </c>
       <c r="G92" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H92" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>340</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>341</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>195</v>
+      </c>
+      <c r="E93" t="s">
+        <v>196</v>
+      </c>
+      <c r="F93" t="s">
+        <v>43</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D93" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>19</v>
+        <v>344</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>8</v>
+        <v>345</v>
       </c>
       <c r="D94" t="s">
-        <v>345</v>
+        <v>195</v>
       </c>
       <c r="E94" t="s">
+        <v>196</v>
+      </c>
+      <c r="F94" t="s">
+        <v>48</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F94" t="s">
-[...2 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>19</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s">
+        <v>348</v>
+      </c>
+      <c r="E95" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H95" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>352</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D96" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="E96" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H96" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>355</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D97" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="E97" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H97" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D98" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="E98" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H98" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>360</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D99" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="E99" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>361</v>
       </c>
       <c r="H99" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>363</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="D100" t="s">
+        <v>348</v>
+      </c>
+      <c r="E100" t="s">
+        <v>349</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="E100" t="s">
+      <c r="H100" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
+        <v>367</v>
+      </c>
+      <c r="E101" t="s">
+        <v>368</v>
+      </c>
+      <c r="F101" t="s">
+        <v>25</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="E101" t="s">
+      <c r="H101" t="s">
         <v>370</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>371</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" t="s">
+        <v>372</v>
+      </c>
+      <c r="E102" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F102" t="s">
         <v>48</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>374</v>
       </c>
       <c r="H102" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>376</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D103" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E103" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F103" t="s">
         <v>48</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>377</v>
       </c>
       <c r="H103" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>379</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D104" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E104" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F104" t="s">
         <v>48</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H104" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D105" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E105" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F105" t="s">
         <v>48</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H105" t="s">
-        <v>383</v>
+        <v>357</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>384</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D106" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E106" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F106" t="s">
         <v>48</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H106" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>387</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D107" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E107" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F107" t="s">
         <v>48</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>388</v>
       </c>
       <c r="H107" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>390</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D108" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E108" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F108" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H108" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>393</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D109" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E109" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F109" t="s">
         <v>100</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>394</v>
       </c>
       <c r="H109" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>396</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D110" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E110" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F110" t="s">
         <v>100</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>397</v>
       </c>
       <c r="H110" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>399</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D111" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E111" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F111" t="s">
         <v>100</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>400</v>
       </c>
       <c r="H111" t="s">
-        <v>216</v>
+        <v>401</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D112" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E112" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F112" t="s">
         <v>100</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H112" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D113" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E113" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F113" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H113" t="s">
-        <v>45</v>
+        <v>223</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D114" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E114" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F114" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H114" t="s">
-        <v>407</v>
+        <v>45</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>408</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D115" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E115" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F115" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H115" t="s">
-        <v>54</v>
+        <v>410</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D116" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E116" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F116" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H116" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D117" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E117" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F117" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H117" t="s">
-        <v>223</v>
+        <v>59</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D118" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E118" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F118" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H118" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D119" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E119" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F119" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H119" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D120" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E120" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F120" t="s">
         <v>48</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H120" t="s">
-        <v>63</v>
+        <v>233</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D121" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E121" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F121" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H121" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D122" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E122" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F122" t="s">
         <v>100</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H122" t="s">
-        <v>424</v>
+        <v>67</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>425</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D123" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E123" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F123" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H123" t="s">
-        <v>232</v>
+        <v>427</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D124" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E124" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F124" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H124" t="s">
-        <v>429</v>
+        <v>236</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>430</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D125" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E125" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F125" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H125" t="s">
-        <v>238</v>
+        <v>432</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D126" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E126" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F126" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H126" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D127" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E127" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F127" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H127" t="s">
-        <v>79</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D128" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E128" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F128" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H128" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D129" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E129" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F129" t="s">
         <v>100</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H129" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D130" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E130" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F130" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H130" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D131" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E131" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F131" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H131" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D132" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E132" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F132" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H132" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D133" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E133" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F133" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H133" t="s">
-        <v>89</v>
+        <v>257</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D134" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E134" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F134" t="s">
         <v>100</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H134" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>297</v>
+        <v>154</v>
       </c>
       <c r="D135" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E135" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F135" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H135" t="s">
-        <v>452</v>
+        <v>93</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>453</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>301</v>
+        <v>158</v>
       </c>
       <c r="D136" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E136" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F136" t="s">
         <v>48</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H136" t="s">
-        <v>97</v>
+        <v>455</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D137" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E137" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F137" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H137" t="s">
-        <v>256</v>
+        <v>97</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D138" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E138" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F138" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H138" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D139" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E139" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F139" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H139" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D140" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E140" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F140" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H140" t="s">
-        <v>187</v>
+        <v>266</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D141" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E141" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F141" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H141" t="s">
-        <v>265</v>
+        <v>191</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="D142" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E142" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F142" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H142" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D143" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E143" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F143" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H143" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="D144" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E144" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F144" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H144" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D145" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E145" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F145" t="s">
         <v>48</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H145" t="s">
-        <v>110</v>
+        <v>278</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D146" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E146" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F146" t="s">
         <v>48</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H146" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>476</v>
+        <v>345</v>
       </c>
       <c r="D147" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E147" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F147" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H147" t="s">
-        <v>478</v>
+        <v>114</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>478</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>479</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>372</v>
+      </c>
+      <c r="E148" t="s">
+        <v>373</v>
+      </c>
+      <c r="F148" t="s">
+        <v>100</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>482</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>483</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>372</v>
+      </c>
+      <c r="E149" t="s">
+        <v>373</v>
+      </c>
+      <c r="F149" t="s">
+        <v>48</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="D149" t="s">
-[...8 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>486</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>487</v>
       </c>
       <c r="D150" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E150" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F150" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>488</v>
       </c>
       <c r="H150" t="s">
-        <v>277</v>
+        <v>126</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>489</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>490</v>
       </c>
       <c r="D151" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E151" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F151" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>491</v>
       </c>
       <c r="H151" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>492</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>493</v>
       </c>
       <c r="D152" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E152" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F152" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H152" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>495</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>496</v>
       </c>
       <c r="D153" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E153" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F153" t="s">
         <v>48</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H153" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>498</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>499</v>
       </c>
       <c r="D154" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E154" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F154" t="s">
         <v>48</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H154" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>501</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>502</v>
       </c>
       <c r="D155" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E155" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F155" t="s">
         <v>48</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>503</v>
       </c>
       <c r="H155" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>504</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>505</v>
       </c>
       <c r="D156" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E156" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F156" t="s">
         <v>48</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H156" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>507</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>508</v>
       </c>
       <c r="D157" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E157" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F157" t="s">
         <v>48</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>509</v>
       </c>
       <c r="H157" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>510</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>511</v>
       </c>
       <c r="D158" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E158" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F158" t="s">
         <v>48</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H158" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>513</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>514</v>
       </c>
       <c r="D159" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E159" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F159" t="s">
         <v>48</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>515</v>
       </c>
       <c r="H159" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>516</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>517</v>
       </c>
       <c r="D160" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E160" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F160" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>518</v>
       </c>
       <c r="H160" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>519</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>520</v>
       </c>
       <c r="D161" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E161" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F161" t="s">
         <v>100</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H161" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>522</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>523</v>
       </c>
       <c r="D162" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E162" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F162" t="s">
         <v>100</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H162" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>525</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>526</v>
       </c>
       <c r="D163" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E163" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F163" t="s">
         <v>100</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>527</v>
       </c>
       <c r="H163" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>528</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>529</v>
       </c>
       <c r="D164" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E164" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F164" t="s">
         <v>100</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H164" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>531</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>532</v>
       </c>
       <c r="D165" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E165" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F165" t="s">
         <v>100</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H165" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>534</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>535</v>
       </c>
       <c r="D166" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E166" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F166" t="s">
         <v>100</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H166" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>537</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>538</v>
       </c>
       <c r="D167" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E167" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F167" t="s">
         <v>100</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H167" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>540</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>541</v>
       </c>
       <c r="D168" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E168" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F168" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>542</v>
       </c>
       <c r="H168" t="s">
-        <v>139</v>
+        <v>343</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>543</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>544</v>
       </c>
       <c r="D169" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E169" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F169" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H169" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>546</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>547</v>
       </c>
       <c r="D170" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E170" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F170" t="s">
         <v>100</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>548</v>
       </c>
       <c r="H170" t="s">
-        <v>549</v>
+        <v>143</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>549</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
         <v>550</v>
       </c>
-      <c r="B171" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D171" t="s">
+        <v>372</v>
+      </c>
+      <c r="E171" t="s">
+        <v>373</v>
+      </c>
+      <c r="F171" t="s">
+        <v>100</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="E171" t="s">
+      <c r="H171" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>553</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" t="s">
         <v>554</v>
       </c>
-      <c r="B172" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E172" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F172" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H172" t="s">
-        <v>27</v>
+        <v>375</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D173" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E173" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F173" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H173" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D174" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E174" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F174" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H174" t="s">
-        <v>354</v>
+        <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D175" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E175" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F175" t="s">
         <v>43</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H175" t="s">
-        <v>63</v>
+        <v>357</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D176" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E176" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F176" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H176" t="s">
-        <v>564</v>
+        <v>63</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>565</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D177" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E177" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F177" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>566</v>
       </c>
       <c r="H177" t="s">
-        <v>424</v>
+        <v>567</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D178" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E178" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F178" t="s">
         <v>43</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H178" t="s">
-        <v>79</v>
+        <v>427</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D179" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E179" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F179" t="s">
         <v>43</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="H179" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D180" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E180" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F180" t="s">
         <v>43</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H180" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="D181" t="s">
-        <v>574</v>
+        <v>554</v>
       </c>
       <c r="E181" t="s">
+        <v>555</v>
+      </c>
+      <c r="F181" t="s">
+        <v>43</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F181" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H181" t="s">
-        <v>577</v>
+        <v>114</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>576</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" t="s">
+        <v>577</v>
+      </c>
+      <c r="E182" t="s">
         <v>578</v>
       </c>
-      <c r="B182" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F182" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>579</v>
       </c>
       <c r="H182" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>581</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D183" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E183" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F183" t="s">
         <v>137</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H183" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>584</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D184" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E184" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F184" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>585</v>
       </c>
       <c r="H184" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>587</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D185" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E185" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F185" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>588</v>
       </c>
       <c r="H185" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>590</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D186" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E186" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F186" t="s">
-        <v>202</v>
+        <v>100</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>591</v>
       </c>
       <c r="H186" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>593</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D187" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E187" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F187" t="s">
-        <v>221</v>
+        <v>206</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H187" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>596</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D188" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E188" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F188" t="s">
-        <v>43</v>
+        <v>225</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H188" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>599</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D189" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E189" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F189" t="s">
         <v>43</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>600</v>
       </c>
       <c r="H189" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>602</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D190" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E190" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F190" t="s">
         <v>43</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>603</v>
       </c>
       <c r="H190" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>605</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D191" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E191" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F191" t="s">
-        <v>202</v>
+        <v>43</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H191" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>608</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D192" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E192" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F192" t="s">
+        <v>206</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="G192" s="1" t="s">
+      <c r="H192" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>611</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>61</v>
+      </c>
+      <c r="D193" t="s">
+        <v>577</v>
+      </c>
+      <c r="E193" t="s">
+        <v>578</v>
+      </c>
+      <c r="F193" t="s">
         <v>612</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H193" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>615</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D194" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E194" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F194" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>616</v>
       </c>
       <c r="H194" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>618</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D195" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E195" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F195" t="s">
         <v>43</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>619</v>
       </c>
       <c r="H195" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>621</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D196" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E196" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F196" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>622</v>
       </c>
       <c r="H196" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>624</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D197" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E197" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F197" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>625</v>
       </c>
       <c r="H197" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>627</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D198" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E198" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F198" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H198" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>630</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D199" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E199" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F199" t="s">
-        <v>202</v>
+        <v>137</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>631</v>
       </c>
       <c r="H199" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>633</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D200" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E200" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F200" t="s">
-        <v>100</v>
+        <v>206</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>634</v>
       </c>
       <c r="H200" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>636</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D201" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E201" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F201" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>637</v>
       </c>
       <c r="H201" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>639</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D202" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E202" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F202" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>640</v>
       </c>
       <c r="H202" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>642</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D203" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E203" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F203" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H203" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>645</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D204" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E204" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F204" t="s">
         <v>137</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>646</v>
       </c>
       <c r="H204" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>648</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D205" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E205" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F205" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>649</v>
       </c>
       <c r="H205" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>651</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D206" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E206" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F206" t="s">
-        <v>221</v>
+        <v>57</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H206" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>654</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D207" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E207" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F207" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>655</v>
       </c>
       <c r="H207" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>657</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D208" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E208" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F208" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H208" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>660</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D209" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E209" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F209" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H209" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>663</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D210" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E210" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F210" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>664</v>
       </c>
       <c r="H210" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>666</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="D211" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E211" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F211" t="s">
-        <v>34</v>
+        <v>206</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>667</v>
       </c>
       <c r="H211" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>669</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D212" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E212" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F212" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H212" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>672</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D213" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E213" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F213" t="s">
+        <v>48</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>675</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>149</v>
+      </c>
+      <c r="D214" t="s">
+        <v>577</v>
+      </c>
+      <c r="E214" t="s">
+        <v>578</v>
+      </c>
+      <c r="F214" t="s">
         <v>676</v>
-      </c>
-[...13 lines deleted...]
-        <v>673</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>677</v>
       </c>
       <c r="H214" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>679</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>297</v>
+        <v>154</v>
       </c>
       <c r="D215" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E215" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F215" t="s">
-        <v>137</v>
+        <v>676</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>680</v>
       </c>
       <c r="H215" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>682</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>301</v>
+        <v>158</v>
       </c>
       <c r="D216" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E216" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F216" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>683</v>
       </c>
       <c r="H216" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>685</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D217" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E217" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F217" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H217" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>688</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D218" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E218" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F218" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>689</v>
       </c>
       <c r="H218" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>691</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D219" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E219" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F219" t="s">
-        <v>202</v>
+        <v>150</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H219" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>694</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D220" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E220" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F220" t="s">
-        <v>100</v>
+        <v>206</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H220" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>697</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D221" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E221" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F221" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H221" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>700</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="D222" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E222" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F222" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>701</v>
       </c>
       <c r="H222" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>703</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D223" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E223" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F223" t="s">
-        <v>137</v>
+        <v>206</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>704</v>
       </c>
       <c r="H223" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>706</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="D224" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E224" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F224" t="s">
         <v>137</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H224" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>709</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D225" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E225" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F225" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>710</v>
       </c>
       <c r="H225" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>712</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D226" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E226" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F226" t="s">
-        <v>221</v>
+        <v>100</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H226" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>715</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>476</v>
+        <v>345</v>
       </c>
       <c r="D227" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E227" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F227" t="s">
-        <v>150</v>
+        <v>225</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>716</v>
       </c>
       <c r="H227" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>718</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D228" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E228" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F228" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H228" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>721</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D229" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E229" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F229" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>722</v>
       </c>
       <c r="H229" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>724</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>487</v>
       </c>
       <c r="D230" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E230" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F230" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>725</v>
       </c>
       <c r="H230" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>727</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>490</v>
       </c>
       <c r="D231" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E231" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F231" t="s">
         <v>57</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>728</v>
       </c>
       <c r="H231" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>730</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>493</v>
       </c>
       <c r="D232" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E232" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F232" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H232" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>733</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>496</v>
       </c>
       <c r="D233" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E233" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F233" t="s">
         <v>137</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>734</v>
       </c>
       <c r="H233" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>736</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>499</v>
       </c>
       <c r="D234" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E234" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F234" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>737</v>
       </c>
       <c r="H234" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>739</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>502</v>
       </c>
       <c r="D235" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E235" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F235" t="s">
         <v>100</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>740</v>
       </c>
       <c r="H235" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>742</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>505</v>
       </c>
       <c r="D236" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E236" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F236" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H236" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>745</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>508</v>
       </c>
       <c r="D237" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E237" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F237" t="s">
-        <v>221</v>
+        <v>57</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>746</v>
       </c>
       <c r="H237" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>748</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>511</v>
       </c>
       <c r="D238" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E238" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F238" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>749</v>
       </c>
       <c r="H238" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>751</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>514</v>
       </c>
       <c r="D239" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E239" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F239" t="s">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>752</v>
       </c>
       <c r="H239" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>754</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>517</v>
       </c>
       <c r="D240" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E240" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F240" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>755</v>
       </c>
       <c r="H240" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>757</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>520</v>
       </c>
       <c r="D241" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E241" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F241" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>758</v>
       </c>
       <c r="H241" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>760</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>523</v>
       </c>
       <c r="D242" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E242" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F242" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>761</v>
       </c>
       <c r="H242" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>763</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>526</v>
       </c>
       <c r="D243" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E243" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F243" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>764</v>
       </c>
       <c r="H243" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>766</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>529</v>
       </c>
       <c r="D244" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E244" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F244" t="s">
         <v>137</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>767</v>
       </c>
       <c r="H244" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>769</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>532</v>
       </c>
       <c r="D245" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E245" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F245" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>770</v>
       </c>
       <c r="H245" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>772</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>535</v>
       </c>
       <c r="D246" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E246" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F246" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>773</v>
       </c>
       <c r="H246" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>775</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>538</v>
       </c>
       <c r="D247" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E247" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F247" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>776</v>
       </c>
       <c r="H247" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>778</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>541</v>
       </c>
       <c r="D248" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E248" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F248" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>779</v>
       </c>
       <c r="H248" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>781</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>544</v>
       </c>
       <c r="D249" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E249" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F249" t="s">
-        <v>57</v>
+        <v>150</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>782</v>
       </c>
       <c r="H249" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>784</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>547</v>
       </c>
       <c r="D250" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E250" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F250" t="s">
         <v>57</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>785</v>
       </c>
       <c r="H250" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>787</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>788</v>
+        <v>550</v>
       </c>
       <c r="D251" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E251" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F251" t="s">
         <v>57</v>
       </c>
       <c r="G251" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H251" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>790</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
         <v>791</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="D252" t="s">
+        <v>577</v>
+      </c>
+      <c r="E252" t="s">
+        <v>578</v>
+      </c>
+      <c r="F252" t="s">
+        <v>57</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="D252" t="s">
-[...8 lines deleted...]
-      <c r="G252" s="1" t="s">
+      <c r="H252" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>794</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
         <v>795</v>
       </c>
-      <c r="B253" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D253" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E253" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F253" t="s">
         <v>137</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H253" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>798</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
+        <v>18</v>
+      </c>
+      <c r="D254" t="s">
+        <v>577</v>
+      </c>
+      <c r="E254" t="s">
+        <v>578</v>
+      </c>
+      <c r="F254" t="s">
+        <v>137</v>
+      </c>
+      <c r="G254" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="D254" t="s">
-[...8 lines deleted...]
-      <c r="G254" s="1" t="s">
+      <c r="H254" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>801</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
         <v>802</v>
       </c>
-      <c r="B255" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D255" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E255" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F255" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>803</v>
       </c>
       <c r="H255" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>805</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>806</v>
+        <v>169</v>
       </c>
       <c r="D256" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E256" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F256" t="s">
         <v>100</v>
       </c>
       <c r="G256" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H256" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>808</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
         <v>809</v>
       </c>
-      <c r="B257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D257" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E257" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F257" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>810</v>
       </c>
       <c r="H257" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>812</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
+        <v>352</v>
+      </c>
+      <c r="D258" t="s">
+        <v>577</v>
+      </c>
+      <c r="E258" t="s">
+        <v>578</v>
+      </c>
+      <c r="F258" t="s">
+        <v>34</v>
+      </c>
+      <c r="G258" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="D258" t="s">
-[...8 lines deleted...]
-      <c r="G258" s="1" t="s">
+      <c r="H258" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>815</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
         <v>816</v>
       </c>
-      <c r="B259" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D259" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E259" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F259" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H259" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>819</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D260" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E260" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F260" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>820</v>
       </c>
       <c r="H260" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>822</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="D261" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E261" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F261" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>823</v>
       </c>
       <c r="H261" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>825</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>573</v>
+        <v>172</v>
       </c>
       <c r="D262" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E262" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F262" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>826</v>
       </c>
       <c r="H262" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>828</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
+        <v>576</v>
+      </c>
+      <c r="D263" t="s">
+        <v>577</v>
+      </c>
+      <c r="E263" t="s">
         <v>578</v>
       </c>
-      <c r="D263" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F263" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>829</v>
       </c>
       <c r="H263" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>831</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>581</v>
       </c>
       <c r="D264" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E264" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F264" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H264" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>834</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>584</v>
       </c>
       <c r="D265" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E265" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F265" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>835</v>
       </c>
       <c r="H265" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>837</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>587</v>
       </c>
       <c r="D266" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E266" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F266" t="s">
         <v>137</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>838</v>
       </c>
       <c r="H266" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>840</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>590</v>
       </c>
       <c r="D267" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E267" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F267" t="s">
         <v>137</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>841</v>
       </c>
       <c r="H267" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>843</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>593</v>
       </c>
       <c r="D268" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E268" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F268" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>844</v>
       </c>
       <c r="H268" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>846</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>352</v>
+        <v>596</v>
       </c>
       <c r="D269" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E269" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F269" t="s">
-        <v>221</v>
+        <v>43</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H269" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>849</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>596</v>
+        <v>355</v>
       </c>
       <c r="D270" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E270" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F270" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H270" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>852</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>599</v>
       </c>
       <c r="D271" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E271" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F271" t="s">
-        <v>221</v>
+        <v>100</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>853</v>
       </c>
       <c r="H271" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>855</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>602</v>
       </c>
       <c r="D272" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E272" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F272" t="s">
-        <v>150</v>
+        <v>225</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>856</v>
       </c>
       <c r="H272" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>858</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>605</v>
       </c>
       <c r="D273" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E273" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F273" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>859</v>
       </c>
       <c r="H273" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>861</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>32</v>
+        <v>608</v>
       </c>
       <c r="D274" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E274" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F274" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>862</v>
       </c>
       <c r="H274" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>864</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
+        <v>32</v>
+      </c>
+      <c r="D275" t="s">
+        <v>577</v>
+      </c>
+      <c r="E275" t="s">
+        <v>578</v>
+      </c>
+      <c r="F275" t="s">
+        <v>137</v>
+      </c>
+      <c r="G275" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="D275" t="s">
-[...8 lines deleted...]
-      <c r="G275" s="1" t="s">
+      <c r="H275" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>867</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
         <v>868</v>
       </c>
-      <c r="B276" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D276" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E276" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F276" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>869</v>
       </c>
       <c r="H276" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>871</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D277" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E277" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F277" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>872</v>
       </c>
       <c r="H277" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>874</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>615</v>
       </c>
       <c r="D278" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E278" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F278" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>875</v>
       </c>
       <c r="H278" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>877</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>618</v>
       </c>
       <c r="D279" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E279" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F279" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>878</v>
       </c>
       <c r="H279" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>880</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>621</v>
       </c>
       <c r="D280" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E280" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F280" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>881</v>
       </c>
       <c r="H280" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>883</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>624</v>
       </c>
       <c r="D281" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E281" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F281" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H281" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>886</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>368</v>
+        <v>627</v>
       </c>
       <c r="D282" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E282" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F282" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>887</v>
       </c>
       <c r="H282" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>889</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D283" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E283" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F283" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>890</v>
       </c>
       <c r="H283" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>892</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>376</v>
       </c>
       <c r="D284" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E284" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F284" t="s">
         <v>43</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>893</v>
       </c>
       <c r="H284" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>895</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>379</v>
       </c>
       <c r="D285" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E285" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F285" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>896</v>
       </c>
       <c r="H285" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>898</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>627</v>
+        <v>382</v>
       </c>
       <c r="D286" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E286" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F286" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>899</v>
       </c>
       <c r="H286" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>901</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>195</v>
+        <v>630</v>
       </c>
       <c r="D287" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E287" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F287" t="s">
         <v>57</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>902</v>
       </c>
       <c r="H287" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>904</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>550</v>
+        <v>199</v>
       </c>
       <c r="D288" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E288" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F288" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>905</v>
       </c>
       <c r="H288" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>907</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="D289" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E289" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F289" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>908</v>
       </c>
       <c r="H289" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>910</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D290" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E290" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F290" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>911</v>
       </c>
       <c r="H290" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>913</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D291" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E291" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F291" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>914</v>
       </c>
       <c r="H291" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>916</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>630</v>
+        <v>561</v>
       </c>
       <c r="D292" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E292" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F292" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>917</v>
       </c>
       <c r="H292" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>919</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>633</v>
       </c>
       <c r="D293" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E293" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F293" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>920</v>
       </c>
       <c r="H293" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>922</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>636</v>
       </c>
       <c r="D294" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E294" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F294" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>923</v>
       </c>
       <c r="H294" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>925</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>170</v>
+        <v>639</v>
       </c>
       <c r="D295" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E295" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F295" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>926</v>
       </c>
       <c r="H295" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>928</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
+        <v>174</v>
+      </c>
+      <c r="D296" t="s">
+        <v>577</v>
+      </c>
+      <c r="E296" t="s">
+        <v>578</v>
+      </c>
+      <c r="F296" t="s">
+        <v>137</v>
+      </c>
+      <c r="G296" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="D296" t="s">
-[...8 lines deleted...]
-      <c r="G296" s="1" t="s">
+      <c r="H296" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>931</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
         <v>932</v>
       </c>
-      <c r="B297" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D297" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E297" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F297" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>933</v>
       </c>
       <c r="H297" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>24</v>
+        <v>935</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>8</v>
+        <v>642</v>
       </c>
       <c r="D298" t="s">
-        <v>935</v>
+        <v>577</v>
       </c>
       <c r="E298" t="s">
+        <v>578</v>
+      </c>
+      <c r="F298" t="s">
+        <v>100</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F298" t="s">
-[...2 lines deleted...]
-      <c r="G298" s="1" t="s">
+      <c r="H298" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>29</v>
+        <v>938</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>15</v>
+        <v>939</v>
       </c>
       <c r="D299" t="s">
-        <v>935</v>
+        <v>577</v>
       </c>
       <c r="E299" t="s">
-        <v>936</v>
+        <v>578</v>
       </c>
       <c r="F299" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="H299" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D300" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E300" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H300" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D301" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E301" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="H301" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D302" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E302" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="H302" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D303" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E303" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="H303" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D304" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E304" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="H304" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>799</v>
+        <v>61</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D305" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E305" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="H305" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>806</v>
+        <v>69</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D306" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E306" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="H306" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>813</v>
+        <v>802</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D307" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E307" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="H307" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>865</v>
+        <v>809</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D308" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E308" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="H308" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>929</v>
+        <v>816</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D309" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E309" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="H309" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>961</v>
+        <v>868</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D310" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E310" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H310" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>964</v>
+        <v>932</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D311" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E311" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="H311" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D312" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E312" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H312" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D313" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E313" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H313" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D314" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E314" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H314" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D315" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E315" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F315" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H315" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D316" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E316" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F316" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H316" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="D317" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E317" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F317" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H317" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D318" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E318" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F318" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H318" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="D319" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E319" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F319" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H319" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="D320" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E320" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F320" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H320" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D321" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E321" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F321" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H321" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D322" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E322" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F322" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H322" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D323" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E323" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F323" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="H323" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D324" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E324" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F324" t="s">
-        <v>1004</v>
+        <v>12</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="H324" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1007</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="D325" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E325" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F325" t="s">
-        <v>12</v>
+        <v>206</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="H325" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1010</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D326" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E326" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F326" t="s">
-        <v>12</v>
+        <v>1011</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H326" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D327" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E327" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="H327" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="D328" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E328" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="H328" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="D329" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E329" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H329" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D330" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E330" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H330" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="D331" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E331" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="H331" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>297</v>
+        <v>149</v>
       </c>
       <c r="D332" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="E332" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="F332" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H332" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="D333" t="s">
-        <v>1032</v>
+        <v>942</v>
       </c>
       <c r="E333" t="s">
+        <v>943</v>
+      </c>
+      <c r="F333" t="s">
+        <v>12</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="F333" t="s">
-[...2 lines deleted...]
-      <c r="G333" s="1" t="s">
+      <c r="H333" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>158</v>
+      </c>
+      <c r="D334" t="s">
+        <v>942</v>
+      </c>
+      <c r="E334" t="s">
+        <v>943</v>
+      </c>
+      <c r="F334" t="s">
+        <v>57</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="B334" t="s">
-[...14 lines deleted...]
-      <c r="G334" s="1" t="s">
+      <c r="H334" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>304</v>
+      </c>
+      <c r="D335" t="s">
+        <v>942</v>
+      </c>
+      <c r="E335" t="s">
+        <v>943</v>
+      </c>
+      <c r="F335" t="s">
+        <v>12</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="B335" t="s">
-[...14 lines deleted...]
-      <c r="G335" s="1" t="s">
+      <c r="H335" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>8</v>
+      </c>
+      <c r="D336" t="s">
         <v>1042</v>
       </c>
-      <c r="B336" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E336" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F336" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="H336" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D337" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E337" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F337" t="s">
         <v>43</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="H337" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D338" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E338" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F338" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="H338" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="D339" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E339" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F339" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="H339" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D340" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E340" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F340" t="s">
-        <v>137</v>
+        <v>43</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H340" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D341" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E341" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F341" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H341" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="D342" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E342" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F342" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H342" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="D343" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E343" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F343" t="s">
         <v>137</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H343" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D344" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="E344" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F344" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="H344" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="D345" t="s">
-        <v>1070</v>
+        <v>1042</v>
       </c>
       <c r="E345" t="s">
-        <v>1071</v>
+        <v>1043</v>
       </c>
       <c r="F345" t="s">
         <v>137</v>
       </c>
       <c r="G345" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H345" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>56</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F346" t="s">
+        <v>137</v>
+      </c>
+      <c r="G346" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="B346" t="s">
-[...14 lines deleted...]
-      <c r="G346" s="1" t="s">
+      <c r="H346" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>61</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F347" t="s">
+        <v>57</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="B347" t="s">
-[...14 lines deleted...]
-      <c r="G347" s="1" t="s">
+      <c r="H347" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="D348" t="s">
-        <v>1070</v>
+        <v>1042</v>
       </c>
       <c r="E348" t="s">
-        <v>1071</v>
+        <v>1043</v>
       </c>
       <c r="F348" t="s">
         <v>137</v>
       </c>
       <c r="G348" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H348" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="D349" t="s">
-        <v>1070</v>
+        <v>1042</v>
       </c>
       <c r="E349" t="s">
-        <v>1071</v>
+        <v>1043</v>
       </c>
       <c r="F349" t="s">
         <v>137</v>
       </c>
       <c r="G349" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H349" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" t="s">
         <v>1086</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="E350" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F350" t="s">
+        <v>137</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>15</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F351" t="s">
+        <v>100</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>19</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F352" t="s">
+        <v>137</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>24</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F353" t="s">
+        <v>137</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>29</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F354" t="s">
+        <v>137</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
         <v>33</v>
       </c>
-      <c r="D350" t="s">
-[...5 lines deleted...]
-      <c r="F350" t="s">
+      <c r="D355" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F355" t="s">
         <v>100</v>
       </c>
-      <c r="G350" s="1" t="s">
-[...3 lines deleted...]
-        <v>1088</v>
+      <c r="G355" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13103,50 +13281,55 @@
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>