--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -10,164 +10,536 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="162">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Clayton Mariano de Sá, Francisco Sales de Medeiros Neto, José Carlos Dantas Costa</t>
   </si>
   <si>
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/919/pl0_001.2026_-_reajusta_novo_salario_minimo.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/919/pl0_001.2026_-_reajusta_novo_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos cargos de provimento efetivo da Câmara Municipal de São José do Seridó/RN, em razão do valor do novo salário-mínimo nacional e dá outras providências.</t>
   </si>
   <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/927/pl0_002.2026_-_criacao_de_cargos.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargos em comissão no quadro de pessoal da Câmara Municipal de São José do Seridó e dá outras providências.</t>
+  </si>
+  <si>
     <t>917</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Jackson Dantas</t>
   </si>
   <si>
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/917/plc_001.2026_-_gapre.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/917/plc_001.2026_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário-mínimo a vigorar a partir de 1º de janeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/918/plc_002.2026_-_gapre.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/918/plc_002.2026_-_gapre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Carreira, Remuneração e Estatuto do Magistério Público Municipal de São José do Seridó, e dá outras providências.</t>
   </si>
   <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/923/plc_003.2026_-_gapre.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza o valor do piso salarial dos professores da rede municipal de educação, do Município de São José do Seridó, de acordo com a Medida Provisória n.º 1.334/2026, que alterou a Lei Federal n.º 11.738, de 16 de julho de 2008, para dispor sobre o piso salarial profissional nacional para os profissionais do magistério público da educação básica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/925/001_-_pres_-_altera_dia_das_sessoes_legislativas.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 1º, inserido, por meio da Resolução n.º 002/2011, no art. 119 do Regimento Interno da Câmara Municipal de São José do Seridó-RN (Resolução nº 05/1990).</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>PCLJR</t>
+  </si>
+  <si>
+    <t>Parecer da CLJRF</t>
+  </si>
+  <si>
+    <t>André Victor da Costa Fonseca</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/932/parecer_001_ljrf_-_projeto_lo_002.2026.pdf</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>PCFO</t>
+  </si>
+  <si>
+    <t>Parecer da CFO</t>
+  </si>
+  <si>
+    <t>José Carlos Dantas Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/933/parecer_001_fo_-_projeto_lo_002.2026.pdf</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Daniel Andson Da Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/928/001_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o início do roço das estradas vicinais do Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>Joan Siderley Bernardino</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/929/002_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja instituída a realização semanal de castrações de animais no Município de São José do Seridó, por meio da médica veterinária do quadro municipal.</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>Francisco Sales de Medeiros Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/930/003_-_francisco_sales.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a substituição das cadeiras do hospital municipal por poltronas.</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/934/004_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja ofertado curso de primeiros socorros aos motoristas do transporte escolar, bem como disponibilizado kit de primeiros socorros nos veículos que realizam o transporte de estudantes.</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Jussiêne Dantas Pereira</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/935/005_-_jussiene.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que declare o canário-da-terra (Sicalis flaveola) como patrimônio natural e símbolo do Município e São José do Seridó.</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/936/006_-_jussiene.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a elevação do sangradouro do açude público municipal e a retenção da água da revença para abastecimento dos produtores da Vila do Açude.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/937/007_-_andre.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja solucionado o problema do campo de areia localizado na Rua Manoel Theodoro, popularmente conhecida como “Praça da Fumaça”, mediante sua concretagem para fins de tamponamento.</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/938/008_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a realização de mutirão de manutenção dos mata-burros existentes nas estradas vicinais do Município.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/939/009_-_andre.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a identificação das praças e prédios públicas do Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Joseni Santos de Medeiros</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/940/010_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a implantação de um Programa Bolsa Atleta no Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/942/011_-_joan.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja elaborado e encaminhado Projeto de Lei regulamentando a profissão de Condutor de Ambulância no Município de São José do Seridó, em conformidade com a Lei Federal nº 15.250/2025.</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Joseni Santos de Medeiros, Joan Siderley Bernardino</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/945/012_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Ilustríssima Sra. Secretária Municipal de Educação e Cultura que seja firmado convênio com a Polícia Ambiental para implantação do Programa Polícia Ambiental Mirim no Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/946/013_-_joseni.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o conserto do mata-burro localizado no acesso ao Cercado dos Criadores.</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/947/014_-_jose_carlos.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a cobertura do galpão localizado ao lado da residência de “Joãozinho da Farmácia”.</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/948/015_-_andre.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de postes de iluminação pública na Alameda das Caraibeiras, localizada no Bairro Cipriano José.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/949/016_-_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a substituição gradual dos quebra-molas por tachões refletivos (popularmente conhecidos como “tartarugas”) nas vias do município.</t>
+  </si>
+  <si>
     <t>920</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/920/001_-_req_-_solicita_urgencia_na_aprovacao_de_plc_001.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/920/001_-_req_-_solicita_urgencia_na_aprovacao_de_plc_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 001/2026.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/921/002_-_req_-_solicita_urgencia_na_aprovacao_de_plc_002.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/921/002_-_req_-_solicita_urgencia_na_aprovacao_de_plc_002.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 002/2026.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/922/003_-_req_-_solicita_urgencia_na_aprovacao_de_plo_001.pdf</t>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/922/003_-_req_-_solicita_urgencia_na_aprovacao_de_plo_001.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em regime de urgência do Projeto de Lei Ordinária n.º 001/2026.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/924/004_-_req_-_solicita_urgencia_na_aprovacao_de_plc_003.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Lei Complementar n.º 003/2026.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/926/005_-_req_-_solicita_urgencia_na_aprovacao_de_pres_001.pdf</t>
+  </si>
+  <si>
+    <t>Requer a tramitação em regime de urgência do Projeto de Resolução n.º 001/2026.</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/931/006_-_req_-_solicita_sessao_solene_jubileu_de_prata.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização de Sessão Solene em comemoração ao Jubileu de Prata da Paróquia de São José do Seridó/RN.</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/951/007_-_req_-_audiencia_publica_causa_animal.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização de Audiência Pública para dialogar com representantes e defensores da causa animal no Município.</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>MOÇ</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/941/001_-_joan_siderley_-_orquestra.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos à Orquestra Seridoense Potiguar, em reconhecimento ao trabalho realizado durante o período carnavalesco e pela contribuição ao resgate da cultura carnavalesca no Município de São José do Seridó.</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/943/002_-_joseni_santos_de_medeiros_-_vitor_daniel.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos ao jovem atleta Vitor Daniel Medeiros Silva, em reconhecimento às conquistas esportivas e à destacada representatividade do Município de São José do Seridó no atletismo.</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/952/003_-_joseni_santos_de_medeiros_-_alaine.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos à professora Alaine Glêdcy Lustosa Chianca, em reconhecimento à sua contribuição na formação esportiva do atleta Vitor Daniel Medeiros Silva.</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/953/004_-_joseni_santos_de_medeiros_-_gentil.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta aplausos ao professor Gentil Pereira de Araújo Neto, em reconhecimento à sua contribuição na formação esportiva do atleta Vitor Daniel Medeiros Silva.</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>VTPSR</t>
+  </si>
+  <si>
+    <t>Voto de Pesar</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/944/001_-__joseni_-_voto_de_pesar_dr._diego_brilhante.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento de Diego Brilhante, ocorrido no dia 05 de março de 2026.</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/950/002_-_joan_siderley_bernardino_-_voto_de_pesar_francisco_de_assis_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Manifesta profundo pesar pelo falecimento do Senhor Francisco de Assis Dantas (Chiliu de Zé Basto), ocorrido no dia 11 de março de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -471,69 +843,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/919/pl0_001.2026_-_reajusta_novo_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/917/plc_001.2026_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/918/plc_002.2026_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/920/001_-_req_-_solicita_urgencia_na_aprovacao_de_plc_001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/921/002_-_req_-_solicita_urgencia_na_aprovacao_de_plc_002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/922/003_-_req_-_solicita_urgencia_na_aprovacao_de_plo_001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/919/pl0_001.2026_-_reajusta_novo_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/927/pl0_002.2026_-_criacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/917/plc_001.2026_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/918/plc_002.2026_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/923/plc_003.2026_-_gapre.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/925/001_-_pres_-_altera_dia_das_sessoes_legislativas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/932/parecer_001_ljrf_-_projeto_lo_002.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/933/parecer_001_fo_-_projeto_lo_002.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/928/001_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/929/002_-_joan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/930/003_-_francisco_sales.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/934/004_-_joan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/935/005_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/936/006_-_jussiene.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/937/007_-_andre.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/938/008_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/939/009_-_andre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/940/010_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/942/011_-_joan.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/945/012_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/946/013_-_joseni.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/947/014_-_jose_carlos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/948/015_-_andre.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/949/016_-_daniel.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/920/001_-_req_-_solicita_urgencia_na_aprovacao_de_plc_001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/921/002_-_req_-_solicita_urgencia_na_aprovacao_de_plc_002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/922/003_-_req_-_solicita_urgencia_na_aprovacao_de_plo_001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/924/004_-_req_-_solicita_urgencia_na_aprovacao_de_plc_003.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/926/005_-_req_-_solicita_urgencia_na_aprovacao_de_pres_001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/931/006_-_req_-_solicita_sessao_solene_jubileu_de_prata.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/951/007_-_req_-_audiencia_publica_causa_animal.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/941/001_-_joan_siderley_-_orquestra.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/943/002_-_joseni_santos_de_medeiros_-_vitor_daniel.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/952/003_-_joseni_santos_de_medeiros_-_alaine.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/953/004_-_joseni_santos_de_medeiros_-_gentil.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/944/001_-__joseni_-_voto_de_pesar_dr._diego_brilhante.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojosedoserido.rn.leg.br/media/sapl/public/materialegislativa/2026/950/002_-_joan_siderley_bernardino_-_voto_de_pesar_francisco_de_assis_dantas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="73.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="164" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -552,180 +924,1017 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
-[...14 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
+        <v>50</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>50</v>
+      </c>
+      <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>51</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>118</v>
+      </c>
+      <c r="E26" t="s">
+        <v>119</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H26" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" t="s">
+        <v>118</v>
+      </c>
+      <c r="E28" t="s">
+        <v>119</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H28" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>63</v>
+      </c>
+      <c r="D29" t="s">
+        <v>118</v>
+      </c>
+      <c r="E29" t="s">
+        <v>119</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>67</v>
+      </c>
+      <c r="D30" t="s">
+        <v>118</v>
+      </c>
+      <c r="E30" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H30" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" t="s">
+        <v>118</v>
+      </c>
+      <c r="E31" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" t="s">
+        <v>59</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" t="s">
+        <v>118</v>
+      </c>
+      <c r="E32" t="s">
+        <v>119</v>
+      </c>
+      <c r="F32" t="s">
+        <v>89</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H32" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="s">
+        <v>141</v>
+      </c>
+      <c r="E33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>141</v>
+      </c>
+      <c r="E34" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" t="s">
+        <v>89</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H34" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>30</v>
+      </c>
+      <c r="D35" t="s">
+        <v>141</v>
+      </c>
+      <c r="E35" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H35" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" t="s">
+        <v>141</v>
+      </c>
+      <c r="E36" t="s">
+        <v>142</v>
+      </c>
+      <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H36" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>155</v>
+      </c>
+      <c r="E37" t="s">
+        <v>156</v>
+      </c>
+      <c r="F37" t="s">
+        <v>89</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H37" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>155</v>
+      </c>
+      <c r="E38" t="s">
+        <v>156</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H38" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>