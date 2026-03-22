--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -568,51 +568,51 @@
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>919</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>917</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>13</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>918</v>
@@ -628,51 +628,51 @@
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>919</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>920</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>7</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>921</v>